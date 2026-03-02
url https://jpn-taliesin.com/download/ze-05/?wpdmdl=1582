--- v0 (2025-10-09)
+++ v1 (2026-03-02)
@@ -2,95 +2,86 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\_Stock\_240909\DL系\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JTC-PC022\OneDrive\デスクトップ\長曽我部\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1398A58A-41BA-4022-8D26-C60A3FDCBB28}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F348BE41-14E5-4B67-AC3E-B49147B4AE4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3060" yWindow="75" windowWidth="25695" windowHeight="14835" xr2:uid="{2408E592-33F9-47C1-B917-59316928290F}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2408E592-33F9-47C1-B917-59316928290F}"/>
   </bookViews>
   <sheets>
     <sheet name="第一面" sheetId="4" r:id="rId1"/>
     <sheet name="第二面_1" sheetId="6" r:id="rId2"/>
     <sheet name="第二面_2" sheetId="7" r:id="rId3"/>
     <sheet name="第三面" sheetId="8" r:id="rId4"/>
     <sheet name="注意" sheetId="9" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">第一面!$A$1:$AG$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">第三面!$A$1:$AN$55</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">第二面_1!$A$1:$AN$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">第二面_2!$A$1:$AN$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">注意!$A$1:$AN$51</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...7 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="556" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="557" uniqueCount="96">
   <si>
     <t>□</t>
   </si>
   <si>
     <t>参考様式（第16条第１項関係）</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
@@ -512,50 +503,67 @@
   </si>
   <si>
     <t>各書類の※の欄を工事施工者が記入</t>
     <rPh sb="0" eb="1">
       <t>カク</t>
     </rPh>
     <rPh sb="1" eb="3">
       <t>ショルイ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ラン</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>コウジ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>セコウ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>シャ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>断熱材</t>
+    <rPh sb="0" eb="3">
+      <t>ダンネツザイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>開口部性能</t>
+    <rPh sb="0" eb="3">
+      <t>カイコウブ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>セイノウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -747,51 +755,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="78">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -871,225 +879,222 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" indent="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="2" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{DB2DFC42-0EAB-4AA1-B9FE-FA1F55CB28C1}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1151,51 +1156,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1293,4942 +1298,4944 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2360D32B-4C70-46E4-820F-CE4E60487955}">
   <dimension ref="B2:AK20"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="Y7" sqref="Y7:AA7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="5"/>
     <col min="2" max="32" width="3.28515625" style="5" customWidth="1"/>
     <col min="33" max="16384" width="2.7109375" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="2:37" ht="45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="46" t="s">
+      <c r="B4" s="42" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="46"/>
-[...28 lines deleted...]
-      <c r="AF4" s="46"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="42"/>
+      <c r="H4" s="42"/>
+      <c r="I4" s="42"/>
+      <c r="J4" s="42"/>
+      <c r="K4" s="42"/>
+      <c r="L4" s="42"/>
+      <c r="M4" s="42"/>
+      <c r="N4" s="42"/>
+      <c r="O4" s="42"/>
+      <c r="P4" s="42"/>
+      <c r="Q4" s="42"/>
+      <c r="R4" s="42"/>
+      <c r="S4" s="42"/>
+      <c r="T4" s="42"/>
+      <c r="U4" s="42"/>
+      <c r="V4" s="42"/>
+      <c r="W4" s="42"/>
+      <c r="X4" s="42"/>
+      <c r="Y4" s="42"/>
+      <c r="Z4" s="42"/>
+      <c r="AA4" s="42"/>
+      <c r="AB4" s="42"/>
+      <c r="AC4" s="42"/>
+      <c r="AD4" s="42"/>
+      <c r="AE4" s="42"/>
+      <c r="AF4" s="42"/>
     </row>
     <row r="7" spans="2:37" ht="24.95" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="Y7" s="48"/>
-[...1 lines deleted...]
-      <c r="AA7" s="48"/>
+      <c r="Y7" s="44"/>
+      <c r="Z7" s="44"/>
+      <c r="AA7" s="44"/>
       <c r="AB7" s="7" t="s">
         <v>2</v>
       </c>
       <c r="AC7" s="8"/>
       <c r="AD7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="AE7" s="8"/>
       <c r="AF7" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="47" t="s">
+      <c r="B10" s="43" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="47"/>
-[...28 lines deleted...]
-      <c r="AF10" s="47"/>
+      <c r="C10" s="43"/>
+      <c r="D10" s="43"/>
+      <c r="E10" s="43"/>
+      <c r="F10" s="43"/>
+      <c r="G10" s="43"/>
+      <c r="H10" s="43"/>
+      <c r="I10" s="43"/>
+      <c r="J10" s="43"/>
+      <c r="K10" s="43"/>
+      <c r="L10" s="43"/>
+      <c r="M10" s="43"/>
+      <c r="N10" s="43"/>
+      <c r="O10" s="43"/>
+      <c r="P10" s="43"/>
+      <c r="Q10" s="43"/>
+      <c r="R10" s="43"/>
+      <c r="S10" s="43"/>
+      <c r="T10" s="43"/>
+      <c r="U10" s="43"/>
+      <c r="V10" s="43"/>
+      <c r="W10" s="43"/>
+      <c r="X10" s="43"/>
+      <c r="Y10" s="43"/>
+      <c r="Z10" s="43"/>
+      <c r="AA10" s="43"/>
+      <c r="AB10" s="43"/>
+      <c r="AC10" s="43"/>
+      <c r="AD10" s="43"/>
+      <c r="AE10" s="43"/>
+      <c r="AF10" s="43"/>
     </row>
     <row r="12" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="2:37" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="41" t="s">
+      <c r="B14" s="45" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="41"/>
-[...28 lines deleted...]
-      <c r="AF14" s="45"/>
+      <c r="C14" s="45"/>
+      <c r="D14" s="45"/>
+      <c r="E14" s="45"/>
+      <c r="F14" s="45"/>
+      <c r="G14" s="45"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="45"/>
+      <c r="J14" s="45"/>
+      <c r="K14" s="45"/>
+      <c r="L14" s="45"/>
+      <c r="M14" s="41"/>
+      <c r="N14" s="41"/>
+      <c r="O14" s="41"/>
+      <c r="P14" s="41"/>
+      <c r="Q14" s="41"/>
+      <c r="R14" s="41"/>
+      <c r="S14" s="41"/>
+      <c r="T14" s="41"/>
+      <c r="U14" s="41"/>
+      <c r="V14" s="41"/>
+      <c r="W14" s="41"/>
+      <c r="X14" s="41"/>
+      <c r="Y14" s="41"/>
+      <c r="Z14" s="41"/>
+      <c r="AA14" s="41"/>
+      <c r="AB14" s="41"/>
+      <c r="AC14" s="41"/>
+      <c r="AD14" s="41"/>
+      <c r="AE14" s="41"/>
+      <c r="AF14" s="41"/>
       <c r="AI14" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AK14" s="35" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="2:37" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B15" s="41" t="s">
+      <c r="B15" s="45" t="s">
         <v>6</v>
       </c>
-      <c r="C15" s="41"/>
-[...28 lines deleted...]
-      <c r="AF15" s="45"/>
+      <c r="C15" s="45"/>
+      <c r="D15" s="45"/>
+      <c r="E15" s="45"/>
+      <c r="F15" s="45"/>
+      <c r="G15" s="45"/>
+      <c r="H15" s="45"/>
+      <c r="I15" s="45"/>
+      <c r="J15" s="45"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="45"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="41"/>
+      <c r="P15" s="41"/>
+      <c r="Q15" s="41"/>
+      <c r="R15" s="41"/>
+      <c r="S15" s="41"/>
+      <c r="T15" s="41"/>
+      <c r="U15" s="41"/>
+      <c r="V15" s="41"/>
+      <c r="W15" s="41"/>
+      <c r="X15" s="41"/>
+      <c r="Y15" s="41"/>
+      <c r="Z15" s="41"/>
+      <c r="AA15" s="41"/>
+      <c r="AB15" s="41"/>
+      <c r="AC15" s="41"/>
+      <c r="AD15" s="41"/>
+      <c r="AE15" s="41"/>
+      <c r="AF15" s="41"/>
     </row>
     <row r="16" spans="2:37" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B16" s="41" t="s">
+      <c r="B16" s="45" t="s">
         <v>7</v>
       </c>
-      <c r="C16" s="41"/>
-[...28 lines deleted...]
-      <c r="AF16" s="45"/>
+      <c r="C16" s="45"/>
+      <c r="D16" s="45"/>
+      <c r="E16" s="45"/>
+      <c r="F16" s="45"/>
+      <c r="G16" s="45"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="45"/>
+      <c r="J16" s="45"/>
+      <c r="K16" s="45"/>
+      <c r="L16" s="45"/>
+      <c r="M16" s="41"/>
+      <c r="N16" s="41"/>
+      <c r="O16" s="41"/>
+      <c r="P16" s="41"/>
+      <c r="Q16" s="41"/>
+      <c r="R16" s="41"/>
+      <c r="S16" s="41"/>
+      <c r="T16" s="41"/>
+      <c r="U16" s="41"/>
+      <c r="V16" s="41"/>
+      <c r="W16" s="41"/>
+      <c r="X16" s="41"/>
+      <c r="Y16" s="41"/>
+      <c r="Z16" s="41"/>
+      <c r="AA16" s="41"/>
+      <c r="AB16" s="41"/>
+      <c r="AC16" s="41"/>
+      <c r="AD16" s="41"/>
+      <c r="AE16" s="41"/>
+      <c r="AF16" s="41"/>
     </row>
     <row r="19" spans="2:32" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B19" s="41" t="s">
+      <c r="B19" s="45" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="41"/>
-[...11 lines deleted...]
-      <c r="O19" s="44"/>
+      <c r="C19" s="45"/>
+      <c r="D19" s="45"/>
+      <c r="E19" s="45"/>
+      <c r="F19" s="45"/>
+      <c r="G19" s="45"/>
+      <c r="H19" s="45"/>
+      <c r="I19" s="45"/>
+      <c r="J19" s="45"/>
+      <c r="K19" s="45"/>
+      <c r="L19" s="45"/>
+      <c r="M19" s="47"/>
+      <c r="N19" s="48"/>
+      <c r="O19" s="48"/>
       <c r="P19" s="34" t="s">
         <v>2</v>
       </c>
       <c r="Q19" s="34"/>
       <c r="R19" s="34" t="s">
         <v>3</v>
       </c>
       <c r="S19" s="34"/>
       <c r="T19" s="34" t="s">
         <v>4</v>
       </c>
       <c r="U19" s="32"/>
       <c r="V19" s="32"/>
       <c r="W19" s="32"/>
       <c r="X19" s="32"/>
       <c r="Y19" s="32"/>
       <c r="Z19" s="32"/>
       <c r="AA19" s="32"/>
       <c r="AB19" s="32"/>
       <c r="AC19" s="32"/>
       <c r="AD19" s="32"/>
       <c r="AE19" s="32"/>
       <c r="AF19" s="33"/>
     </row>
     <row r="20" spans="2:32" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B20" s="41" t="s">
+      <c r="B20" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="C20" s="41"/>
-[...28 lines deleted...]
-      <c r="AF20" s="42"/>
+      <c r="C20" s="45"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="45"/>
+      <c r="G20" s="45"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="45"/>
+      <c r="J20" s="45"/>
+      <c r="K20" s="45"/>
+      <c r="L20" s="45"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+      <c r="T20" s="46"/>
+      <c r="U20" s="46"/>
+      <c r="V20" s="46"/>
+      <c r="W20" s="46"/>
+      <c r="X20" s="46"/>
+      <c r="Y20" s="46"/>
+      <c r="Z20" s="46"/>
+      <c r="AA20" s="46"/>
+      <c r="AB20" s="46"/>
+      <c r="AC20" s="46"/>
+      <c r="AD20" s="46"/>
+      <c r="AE20" s="46"/>
+      <c r="AF20" s="46"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="B19:L19"/>
+    <mergeCell ref="B20:L20"/>
+    <mergeCell ref="M20:AF20"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="B15:L15"/>
+    <mergeCell ref="B16:L16"/>
     <mergeCell ref="M14:AF14"/>
     <mergeCell ref="M15:AF15"/>
     <mergeCell ref="M16:AF16"/>
     <mergeCell ref="B4:AF4"/>
     <mergeCell ref="B10:AF10"/>
     <mergeCell ref="Y7:AA7"/>
     <mergeCell ref="B14:L14"/>
-    <mergeCell ref="B19:L19"/>
-[...4 lines deleted...]
-    <mergeCell ref="B16:L16"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8819B10-8A01-4F81-B586-A3887751BBE7}">
   <dimension ref="B2:AP40"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B6" sqref="B6:AM6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="2.7109375" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
+      <c r="B2" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="47"/>
-[...35 lines deleted...]
-      <c r="AM2" s="47"/>
+      <c r="C2" s="43"/>
+      <c r="D2" s="43"/>
+      <c r="E2" s="43"/>
+      <c r="F2" s="43"/>
+      <c r="G2" s="43"/>
+      <c r="H2" s="43"/>
+      <c r="I2" s="43"/>
+      <c r="J2" s="43"/>
+      <c r="K2" s="43"/>
+      <c r="L2" s="43"/>
+      <c r="M2" s="43"/>
+      <c r="N2" s="43"/>
+      <c r="O2" s="43"/>
+      <c r="P2" s="43"/>
+      <c r="Q2" s="43"/>
+      <c r="R2" s="43"/>
+      <c r="S2" s="43"/>
+      <c r="T2" s="43"/>
+      <c r="U2" s="43"/>
+      <c r="V2" s="43"/>
+      <c r="W2" s="43"/>
+      <c r="X2" s="43"/>
+      <c r="Y2" s="43"/>
+      <c r="Z2" s="43"/>
+      <c r="AA2" s="43"/>
+      <c r="AB2" s="43"/>
+      <c r="AC2" s="43"/>
+      <c r="AD2" s="43"/>
+      <c r="AE2" s="43"/>
+      <c r="AF2" s="43"/>
+      <c r="AG2" s="43"/>
+      <c r="AH2" s="43"/>
+      <c r="AI2" s="43"/>
+      <c r="AJ2" s="43"/>
+      <c r="AK2" s="43"/>
+      <c r="AL2" s="43"/>
+      <c r="AM2" s="43"/>
     </row>
     <row r="4" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="2:42" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B6" s="62"/>
-[...36 lines deleted...]
-      <c r="AM6" s="62"/>
+      <c r="B6" s="56"/>
+      <c r="C6" s="56"/>
+      <c r="D6" s="56"/>
+      <c r="E6" s="56"/>
+      <c r="F6" s="56"/>
+      <c r="G6" s="56"/>
+      <c r="H6" s="56"/>
+      <c r="I6" s="56"/>
+      <c r="J6" s="56"/>
+      <c r="K6" s="56"/>
+      <c r="L6" s="56"/>
+      <c r="M6" s="56"/>
+      <c r="N6" s="56"/>
+      <c r="O6" s="56"/>
+      <c r="P6" s="56"/>
+      <c r="Q6" s="56"/>
+      <c r="R6" s="56"/>
+      <c r="S6" s="56"/>
+      <c r="T6" s="56"/>
+      <c r="U6" s="56"/>
+      <c r="V6" s="56"/>
+      <c r="W6" s="56"/>
+      <c r="X6" s="56"/>
+      <c r="Y6" s="56"/>
+      <c r="Z6" s="56"/>
+      <c r="AA6" s="56"/>
+      <c r="AB6" s="56"/>
+      <c r="AC6" s="56"/>
+      <c r="AD6" s="56"/>
+      <c r="AE6" s="56"/>
+      <c r="AF6" s="56"/>
+      <c r="AG6" s="56"/>
+      <c r="AH6" s="56"/>
+      <c r="AI6" s="56"/>
+      <c r="AJ6" s="56"/>
+      <c r="AK6" s="56"/>
+      <c r="AL6" s="56"/>
+      <c r="AM6" s="56"/>
     </row>
     <row r="8" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B11" s="61" t="s">
+      <c r="B11" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="61"/>
-[...12 lines deleted...]
-      <c r="P11" s="61" t="s">
+      <c r="C11" s="55"/>
+      <c r="D11" s="55"/>
+      <c r="E11" s="55"/>
+      <c r="F11" s="55"/>
+      <c r="G11" s="55"/>
+      <c r="H11" s="55"/>
+      <c r="I11" s="55"/>
+      <c r="J11" s="55"/>
+      <c r="K11" s="55"/>
+      <c r="L11" s="55"/>
+      <c r="M11" s="55"/>
+      <c r="N11" s="55"/>
+      <c r="O11" s="55"/>
+      <c r="P11" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="Q11" s="61"/>
-[...9 lines deleted...]
-      <c r="AA11" s="61" t="s">
+      <c r="Q11" s="55"/>
+      <c r="R11" s="55"/>
+      <c r="S11" s="55"/>
+      <c r="T11" s="55"/>
+      <c r="U11" s="55"/>
+      <c r="V11" s="55"/>
+      <c r="W11" s="55"/>
+      <c r="X11" s="55"/>
+      <c r="Y11" s="55"/>
+      <c r="Z11" s="55"/>
+      <c r="AA11" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="AB11" s="61"/>
-[...10 lines deleted...]
-      <c r="AM11" s="61"/>
+      <c r="AB11" s="55"/>
+      <c r="AC11" s="55"/>
+      <c r="AD11" s="55"/>
+      <c r="AE11" s="55"/>
+      <c r="AF11" s="55"/>
+      <c r="AG11" s="55"/>
+      <c r="AH11" s="55"/>
+      <c r="AI11" s="55"/>
+      <c r="AJ11" s="55"/>
+      <c r="AK11" s="55"/>
+      <c r="AL11" s="55"/>
+      <c r="AM11" s="55"/>
       <c r="AP11" s="30"/>
     </row>
     <row r="12" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="61"/>
-[...13 lines deleted...]
-      <c r="P12" s="61" t="s">
+      <c r="B12" s="55"/>
+      <c r="C12" s="55"/>
+      <c r="D12" s="55"/>
+      <c r="E12" s="55"/>
+      <c r="F12" s="55"/>
+      <c r="G12" s="55"/>
+      <c r="H12" s="55"/>
+      <c r="I12" s="55"/>
+      <c r="J12" s="55"/>
+      <c r="K12" s="55"/>
+      <c r="L12" s="55"/>
+      <c r="M12" s="55"/>
+      <c r="N12" s="55"/>
+      <c r="O12" s="55"/>
+      <c r="P12" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="Q12" s="61"/>
-[...4 lines deleted...]
-      <c r="V12" s="61" t="s">
+      <c r="Q12" s="55"/>
+      <c r="R12" s="55"/>
+      <c r="S12" s="55"/>
+      <c r="T12" s="55"/>
+      <c r="U12" s="55"/>
+      <c r="V12" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="W12" s="61"/>
-[...2 lines deleted...]
-      <c r="Z12" s="61"/>
+      <c r="W12" s="55"/>
+      <c r="X12" s="55"/>
+      <c r="Y12" s="55"/>
+      <c r="Z12" s="55"/>
       <c r="AA12" s="60" t="s">
         <v>22</v>
       </c>
-      <c r="AB12" s="61"/>
-[...1 lines deleted...]
-      <c r="AD12" s="61" t="s">
+      <c r="AB12" s="55"/>
+      <c r="AC12" s="55"/>
+      <c r="AD12" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="AE12" s="61"/>
-[...2 lines deleted...]
-      <c r="AH12" s="61"/>
+      <c r="AE12" s="55"/>
+      <c r="AF12" s="55"/>
+      <c r="AG12" s="55"/>
+      <c r="AH12" s="55"/>
       <c r="AI12" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="AJ12" s="61"/>
-[...2 lines deleted...]
-      <c r="AM12" s="61"/>
+      <c r="AJ12" s="55"/>
+      <c r="AK12" s="55"/>
+      <c r="AL12" s="55"/>
+      <c r="AM12" s="55"/>
       <c r="AP12" s="30"/>
     </row>
     <row r="13" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="61"/>
-[...36 lines deleted...]
-      <c r="AM13" s="61"/>
+      <c r="B13" s="55"/>
+      <c r="C13" s="55"/>
+      <c r="D13" s="55"/>
+      <c r="E13" s="55"/>
+      <c r="F13" s="55"/>
+      <c r="G13" s="55"/>
+      <c r="H13" s="55"/>
+      <c r="I13" s="55"/>
+      <c r="J13" s="55"/>
+      <c r="K13" s="55"/>
+      <c r="L13" s="55"/>
+      <c r="M13" s="55"/>
+      <c r="N13" s="55"/>
+      <c r="O13" s="55"/>
+      <c r="P13" s="55"/>
+      <c r="Q13" s="55"/>
+      <c r="R13" s="55"/>
+      <c r="S13" s="55"/>
+      <c r="T13" s="55"/>
+      <c r="U13" s="55"/>
+      <c r="V13" s="55"/>
+      <c r="W13" s="55"/>
+      <c r="X13" s="55"/>
+      <c r="Y13" s="55"/>
+      <c r="Z13" s="55"/>
+      <c r="AA13" s="55"/>
+      <c r="AB13" s="55"/>
+      <c r="AC13" s="55"/>
+      <c r="AD13" s="55"/>
+      <c r="AE13" s="55"/>
+      <c r="AF13" s="55"/>
+      <c r="AG13" s="55"/>
+      <c r="AH13" s="55"/>
+      <c r="AI13" s="55"/>
+      <c r="AJ13" s="55"/>
+      <c r="AK13" s="55"/>
+      <c r="AL13" s="55"/>
+      <c r="AM13" s="55"/>
     </row>
     <row r="14" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="19"/>
       <c r="D14" s="19"/>
       <c r="E14" s="21"/>
       <c r="F14" s="11" t="s">
         <v>25</v>
       </c>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="13"/>
       <c r="P14" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q14" s="69"/>
-[...9 lines deleted...]
-      <c r="AA14" s="55">
+      <c r="Q14" s="53"/>
+      <c r="R14" s="53"/>
+      <c r="S14" s="53"/>
+      <c r="T14" s="53"/>
+      <c r="U14" s="54"/>
+      <c r="V14" s="66"/>
+      <c r="W14" s="67"/>
+      <c r="X14" s="67"/>
+      <c r="Y14" s="67"/>
+      <c r="Z14" s="68"/>
+      <c r="AA14" s="57">
         <v>1</v>
       </c>
-      <c r="AB14" s="56"/>
-      <c r="AC14" s="57"/>
+      <c r="AB14" s="58"/>
+      <c r="AC14" s="59"/>
       <c r="AD14" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE14" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF14" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG14" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH14" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI14" s="55" t="s">
+      <c r="AI14" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ14" s="56"/>
-[...2 lines deleted...]
-      <c r="AM14" s="57"/>
+      <c r="AJ14" s="58"/>
+      <c r="AK14" s="58"/>
+      <c r="AL14" s="58"/>
+      <c r="AM14" s="59"/>
     </row>
     <row r="15" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="22" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="20"/>
       <c r="D15" s="20"/>
       <c r="E15" s="23"/>
       <c r="F15" s="14"/>
       <c r="O15" s="15"/>
       <c r="P15" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q15" s="71"/>
-[...3 lines deleted...]
-      <c r="U15" s="72"/>
+      <c r="Q15" s="49"/>
+      <c r="R15" s="49"/>
+      <c r="S15" s="49"/>
+      <c r="T15" s="49"/>
+      <c r="U15" s="50"/>
       <c r="V15" s="14"/>
       <c r="Z15" s="15"/>
-      <c r="AA15" s="58">
+      <c r="AA15" s="61">
         <v>2</v>
       </c>
-      <c r="AB15" s="47"/>
-      <c r="AC15" s="59"/>
+      <c r="AB15" s="43"/>
+      <c r="AC15" s="62"/>
       <c r="AD15" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH15" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI15" s="58" t="s">
+      <c r="AI15" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ15" s="47"/>
-[...2 lines deleted...]
-      <c r="AM15" s="59"/>
+      <c r="AJ15" s="43"/>
+      <c r="AK15" s="43"/>
+      <c r="AL15" s="43"/>
+      <c r="AM15" s="62"/>
     </row>
     <row r="16" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="22"/>
       <c r="C16" s="20"/>
       <c r="D16" s="20"/>
       <c r="E16" s="23"/>
       <c r="F16" s="16"/>
       <c r="G16" s="17"/>
       <c r="H16" s="17"/>
       <c r="I16" s="17"/>
       <c r="J16" s="17"/>
       <c r="K16" s="17"/>
       <c r="L16" s="17"/>
       <c r="M16" s="17"/>
       <c r="N16" s="17"/>
       <c r="O16" s="18"/>
       <c r="P16" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q16" s="73"/>
-[...3 lines deleted...]
-      <c r="U16" s="74"/>
+      <c r="Q16" s="51"/>
+      <c r="R16" s="51"/>
+      <c r="S16" s="51"/>
+      <c r="T16" s="51"/>
+      <c r="U16" s="52"/>
       <c r="V16" s="14"/>
       <c r="Z16" s="15"/>
-      <c r="AA16" s="49">
+      <c r="AA16" s="63">
         <v>4</v>
       </c>
-      <c r="AB16" s="50"/>
-      <c r="AC16" s="51"/>
+      <c r="AB16" s="64"/>
+      <c r="AC16" s="65"/>
       <c r="AD16" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE16" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF16" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG16" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH16" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI16" s="49" t="s">
+      <c r="AI16" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ16" s="50"/>
-[...2 lines deleted...]
-      <c r="AM16" s="51"/>
+      <c r="AJ16" s="64"/>
+      <c r="AK16" s="64"/>
+      <c r="AL16" s="64"/>
+      <c r="AM16" s="65"/>
     </row>
     <row r="17" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="22"/>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="23"/>
       <c r="F17" s="11" t="s">
         <v>26</v>
       </c>
       <c r="G17" s="12"/>
       <c r="H17" s="12"/>
       <c r="I17" s="12"/>
       <c r="J17" s="12"/>
       <c r="K17" s="12"/>
       <c r="L17" s="12"/>
       <c r="M17" s="12"/>
       <c r="N17" s="12"/>
       <c r="O17" s="13"/>
       <c r="P17" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q17" s="69"/>
-[...9 lines deleted...]
-      <c r="AA17" s="55">
+      <c r="Q17" s="53"/>
+      <c r="R17" s="53"/>
+      <c r="S17" s="53"/>
+      <c r="T17" s="53"/>
+      <c r="U17" s="54"/>
+      <c r="V17" s="66"/>
+      <c r="W17" s="67"/>
+      <c r="X17" s="67"/>
+      <c r="Y17" s="67"/>
+      <c r="Z17" s="68"/>
+      <c r="AA17" s="57">
         <v>1</v>
       </c>
-      <c r="AB17" s="56"/>
-      <c r="AC17" s="57"/>
+      <c r="AB17" s="58"/>
+      <c r="AC17" s="59"/>
       <c r="AD17" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF17" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG17" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH17" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI17" s="55" t="s">
+      <c r="AI17" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ17" s="56"/>
-[...2 lines deleted...]
-      <c r="AM17" s="57"/>
+      <c r="AJ17" s="58"/>
+      <c r="AK17" s="58"/>
+      <c r="AL17" s="58"/>
+      <c r="AM17" s="59"/>
     </row>
     <row r="18" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="22"/>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="23"/>
       <c r="F18" s="14"/>
       <c r="O18" s="15"/>
       <c r="P18" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q18" s="71"/>
-[...3 lines deleted...]
-      <c r="U18" s="72"/>
+      <c r="Q18" s="49"/>
+      <c r="R18" s="49"/>
+      <c r="S18" s="49"/>
+      <c r="T18" s="49"/>
+      <c r="U18" s="50"/>
       <c r="V18" s="14"/>
       <c r="Z18" s="15"/>
-      <c r="AA18" s="58">
+      <c r="AA18" s="61">
         <v>2</v>
       </c>
-      <c r="AB18" s="47"/>
-      <c r="AC18" s="59"/>
+      <c r="AB18" s="43"/>
+      <c r="AC18" s="62"/>
       <c r="AD18" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF18" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG18" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH18" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI18" s="58" t="s">
+      <c r="AI18" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ18" s="47"/>
-[...2 lines deleted...]
-      <c r="AM18" s="59"/>
+      <c r="AJ18" s="43"/>
+      <c r="AK18" s="43"/>
+      <c r="AL18" s="43"/>
+      <c r="AM18" s="62"/>
     </row>
     <row r="19" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="22"/>
       <c r="C19" s="20"/>
       <c r="D19" s="20"/>
       <c r="E19" s="23"/>
       <c r="F19" s="16"/>
       <c r="G19" s="17"/>
       <c r="H19" s="17"/>
       <c r="I19" s="17"/>
       <c r="J19" s="17"/>
       <c r="K19" s="17"/>
       <c r="L19" s="17"/>
       <c r="M19" s="17"/>
       <c r="N19" s="17"/>
       <c r="O19" s="18"/>
       <c r="P19" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q19" s="73"/>
-[...3 lines deleted...]
-      <c r="U19" s="74"/>
+      <c r="Q19" s="51"/>
+      <c r="R19" s="51"/>
+      <c r="S19" s="51"/>
+      <c r="T19" s="51"/>
+      <c r="U19" s="52"/>
       <c r="V19" s="16"/>
       <c r="W19" s="17"/>
       <c r="X19" s="17"/>
       <c r="Y19" s="17"/>
       <c r="Z19" s="18"/>
-      <c r="AA19" s="49">
+      <c r="AA19" s="63">
         <v>4</v>
       </c>
-      <c r="AB19" s="50"/>
-      <c r="AC19" s="51"/>
+      <c r="AB19" s="64"/>
+      <c r="AC19" s="65"/>
       <c r="AD19" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH19" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI19" s="49" t="s">
+      <c r="AI19" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ19" s="50"/>
-[...2 lines deleted...]
-      <c r="AM19" s="51"/>
+      <c r="AJ19" s="64"/>
+      <c r="AK19" s="64"/>
+      <c r="AL19" s="64"/>
+      <c r="AM19" s="65"/>
     </row>
     <row r="20" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="22"/>
       <c r="C20" s="20"/>
       <c r="D20" s="20"/>
       <c r="E20" s="23"/>
       <c r="F20" s="11" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="12"/>
       <c r="H20" s="12"/>
       <c r="I20" s="12"/>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
       <c r="L20" s="12"/>
       <c r="M20" s="12"/>
       <c r="N20" s="12"/>
       <c r="O20" s="13"/>
       <c r="P20" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q20" s="69"/>
-[...9 lines deleted...]
-      <c r="AA20" s="55">
+      <c r="Q20" s="53"/>
+      <c r="R20" s="53"/>
+      <c r="S20" s="53"/>
+      <c r="T20" s="53"/>
+      <c r="U20" s="54"/>
+      <c r="V20" s="66"/>
+      <c r="W20" s="67"/>
+      <c r="X20" s="67"/>
+      <c r="Y20" s="67"/>
+      <c r="Z20" s="68"/>
+      <c r="AA20" s="57">
         <v>1</v>
       </c>
-      <c r="AB20" s="56"/>
-      <c r="AC20" s="57"/>
+      <c r="AB20" s="58"/>
+      <c r="AC20" s="59"/>
       <c r="AD20" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE20" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF20" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG20" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH20" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI20" s="55" t="s">
+      <c r="AI20" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ20" s="56"/>
-[...2 lines deleted...]
-      <c r="AM20" s="57"/>
+      <c r="AJ20" s="58"/>
+      <c r="AK20" s="58"/>
+      <c r="AL20" s="58"/>
+      <c r="AM20" s="59"/>
     </row>
     <row r="21" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="22"/>
       <c r="C21" s="20"/>
       <c r="D21" s="20"/>
       <c r="E21" s="23"/>
       <c r="F21" s="14"/>
       <c r="O21" s="15"/>
       <c r="P21" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q21" s="71"/>
-[...3 lines deleted...]
-      <c r="U21" s="72"/>
+      <c r="Q21" s="49"/>
+      <c r="R21" s="49"/>
+      <c r="S21" s="49"/>
+      <c r="T21" s="49"/>
+      <c r="U21" s="50"/>
       <c r="V21" s="14"/>
       <c r="Z21" s="15"/>
-      <c r="AA21" s="58">
+      <c r="AA21" s="61">
         <v>2</v>
       </c>
-      <c r="AB21" s="47"/>
-      <c r="AC21" s="59"/>
+      <c r="AB21" s="43"/>
+      <c r="AC21" s="62"/>
       <c r="AD21" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE21" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF21" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG21" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH21" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI21" s="58" t="s">
+      <c r="AI21" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ21" s="47"/>
-[...2 lines deleted...]
-      <c r="AM21" s="59"/>
+      <c r="AJ21" s="43"/>
+      <c r="AK21" s="43"/>
+      <c r="AL21" s="43"/>
+      <c r="AM21" s="62"/>
     </row>
     <row r="22" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="22"/>
       <c r="C22" s="20"/>
       <c r="D22" s="20"/>
       <c r="E22" s="23"/>
       <c r="F22" s="16"/>
       <c r="G22" s="17"/>
       <c r="H22" s="17"/>
       <c r="I22" s="17"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17"/>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="18"/>
       <c r="P22" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q22" s="73"/>
-[...3 lines deleted...]
-      <c r="U22" s="74"/>
+      <c r="Q22" s="51"/>
+      <c r="R22" s="51"/>
+      <c r="S22" s="51"/>
+      <c r="T22" s="51"/>
+      <c r="U22" s="52"/>
       <c r="V22" s="14"/>
       <c r="Z22" s="15"/>
-      <c r="AA22" s="49">
+      <c r="AA22" s="63">
         <v>4</v>
       </c>
-      <c r="AB22" s="50"/>
-      <c r="AC22" s="51"/>
+      <c r="AB22" s="64"/>
+      <c r="AC22" s="65"/>
       <c r="AD22" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE22" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF22" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG22" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH22" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI22" s="49" t="s">
+      <c r="AI22" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ22" s="50"/>
-[...2 lines deleted...]
-      <c r="AM22" s="51"/>
+      <c r="AJ22" s="64"/>
+      <c r="AK22" s="64"/>
+      <c r="AL22" s="64"/>
+      <c r="AM22" s="65"/>
     </row>
     <row r="23" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="22"/>
       <c r="C23" s="20"/>
       <c r="D23" s="20"/>
       <c r="E23" s="23"/>
       <c r="F23" s="11" t="s">
         <v>28</v>
       </c>
       <c r="G23" s="12"/>
       <c r="H23" s="12"/>
       <c r="I23" s="12"/>
       <c r="J23" s="13"/>
       <c r="K23" s="11" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="12"/>
       <c r="M23" s="12"/>
       <c r="N23" s="12"/>
       <c r="O23" s="13"/>
       <c r="P23" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q23" s="69"/>
-[...9 lines deleted...]
-      <c r="AA23" s="55">
+      <c r="Q23" s="53"/>
+      <c r="R23" s="53"/>
+      <c r="S23" s="53"/>
+      <c r="T23" s="53"/>
+      <c r="U23" s="54"/>
+      <c r="V23" s="66"/>
+      <c r="W23" s="67"/>
+      <c r="X23" s="67"/>
+      <c r="Y23" s="67"/>
+      <c r="Z23" s="68"/>
+      <c r="AA23" s="57">
         <v>1</v>
       </c>
-      <c r="AB23" s="56"/>
-      <c r="AC23" s="57"/>
+      <c r="AB23" s="58"/>
+      <c r="AC23" s="59"/>
       <c r="AD23" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH23" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI23" s="55" t="s">
+      <c r="AI23" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ23" s="56"/>
-[...2 lines deleted...]
-      <c r="AM23" s="57"/>
+      <c r="AJ23" s="58"/>
+      <c r="AK23" s="58"/>
+      <c r="AL23" s="58"/>
+      <c r="AM23" s="59"/>
     </row>
     <row r="24" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="22"/>
       <c r="C24" s="20"/>
       <c r="D24" s="20"/>
       <c r="E24" s="23"/>
       <c r="F24" s="14"/>
       <c r="J24" s="15"/>
       <c r="K24" s="14" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q24" s="71"/>
-[...3 lines deleted...]
-      <c r="U24" s="72"/>
+      <c r="Q24" s="49"/>
+      <c r="R24" s="49"/>
+      <c r="S24" s="49"/>
+      <c r="T24" s="49"/>
+      <c r="U24" s="50"/>
       <c r="V24" s="14"/>
       <c r="Z24" s="15"/>
-      <c r="AA24" s="58">
+      <c r="AA24" s="61">
         <v>2</v>
       </c>
-      <c r="AB24" s="47"/>
-      <c r="AC24" s="59"/>
+      <c r="AB24" s="43"/>
+      <c r="AC24" s="62"/>
       <c r="AD24" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF24" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG24" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH24" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI24" s="58" t="s">
+      <c r="AI24" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ24" s="47"/>
-[...2 lines deleted...]
-      <c r="AM24" s="59"/>
+      <c r="AJ24" s="43"/>
+      <c r="AK24" s="43"/>
+      <c r="AL24" s="43"/>
+      <c r="AM24" s="62"/>
     </row>
     <row r="25" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="22"/>
       <c r="C25" s="20"/>
       <c r="D25" s="20"/>
       <c r="E25" s="23"/>
       <c r="F25" s="14"/>
       <c r="J25" s="15"/>
       <c r="K25" s="16"/>
       <c r="L25" s="17"/>
       <c r="M25" s="17"/>
       <c r="N25" s="17"/>
       <c r="O25" s="18"/>
       <c r="P25" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q25" s="73"/>
-[...3 lines deleted...]
-      <c r="U25" s="74"/>
+      <c r="Q25" s="51"/>
+      <c r="R25" s="51"/>
+      <c r="S25" s="51"/>
+      <c r="T25" s="51"/>
+      <c r="U25" s="52"/>
       <c r="V25" s="16"/>
       <c r="W25" s="17"/>
       <c r="X25" s="17"/>
       <c r="Y25" s="17"/>
       <c r="Z25" s="18"/>
-      <c r="AA25" s="49">
+      <c r="AA25" s="63">
         <v>4</v>
       </c>
-      <c r="AB25" s="50"/>
-      <c r="AC25" s="51"/>
+      <c r="AB25" s="64"/>
+      <c r="AC25" s="65"/>
       <c r="AD25" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF25" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG25" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH25" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI25" s="49" t="s">
+      <c r="AI25" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ25" s="50"/>
-[...2 lines deleted...]
-      <c r="AM25" s="51"/>
+      <c r="AJ25" s="64"/>
+      <c r="AK25" s="64"/>
+      <c r="AL25" s="64"/>
+      <c r="AM25" s="65"/>
     </row>
     <row r="26" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="22"/>
       <c r="C26" s="20"/>
       <c r="D26" s="20"/>
       <c r="E26" s="23"/>
       <c r="F26" s="14"/>
       <c r="J26" s="15"/>
       <c r="K26" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="12"/>
       <c r="M26" s="12"/>
       <c r="N26" s="12"/>
       <c r="O26" s="13"/>
       <c r="P26" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q26" s="69"/>
-[...9 lines deleted...]
-      <c r="AA26" s="55">
+      <c r="Q26" s="53"/>
+      <c r="R26" s="53"/>
+      <c r="S26" s="53"/>
+      <c r="T26" s="53"/>
+      <c r="U26" s="54"/>
+      <c r="V26" s="66"/>
+      <c r="W26" s="67"/>
+      <c r="X26" s="67"/>
+      <c r="Y26" s="67"/>
+      <c r="Z26" s="68"/>
+      <c r="AA26" s="57">
         <v>1</v>
       </c>
-      <c r="AB26" s="56"/>
-      <c r="AC26" s="57"/>
+      <c r="AB26" s="58"/>
+      <c r="AC26" s="59"/>
       <c r="AD26" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE26" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF26" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG26" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH26" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI26" s="58" t="s">
+      <c r="AI26" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ26" s="47"/>
-[...2 lines deleted...]
-      <c r="AM26" s="59"/>
+      <c r="AJ26" s="43"/>
+      <c r="AK26" s="43"/>
+      <c r="AL26" s="43"/>
+      <c r="AM26" s="62"/>
     </row>
     <row r="27" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B27" s="22"/>
       <c r="C27" s="20"/>
       <c r="D27" s="20"/>
       <c r="E27" s="23"/>
       <c r="F27" s="14"/>
       <c r="J27" s="15"/>
       <c r="K27" s="14"/>
       <c r="O27" s="15"/>
       <c r="P27" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q27" s="71"/>
-[...3 lines deleted...]
-      <c r="U27" s="72"/>
+      <c r="Q27" s="49"/>
+      <c r="R27" s="49"/>
+      <c r="S27" s="49"/>
+      <c r="T27" s="49"/>
+      <c r="U27" s="50"/>
       <c r="V27" s="14"/>
       <c r="Z27" s="15"/>
-      <c r="AA27" s="58">
+      <c r="AA27" s="61">
         <v>2</v>
       </c>
-      <c r="AB27" s="47"/>
-      <c r="AC27" s="59"/>
+      <c r="AB27" s="43"/>
+      <c r="AC27" s="62"/>
       <c r="AD27" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH27" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI27" s="58" t="s">
+      <c r="AI27" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ27" s="47"/>
-[...2 lines deleted...]
-      <c r="AM27" s="59"/>
+      <c r="AJ27" s="43"/>
+      <c r="AK27" s="43"/>
+      <c r="AL27" s="43"/>
+      <c r="AM27" s="62"/>
     </row>
     <row r="28" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="22"/>
       <c r="C28" s="20"/>
       <c r="D28" s="20"/>
       <c r="E28" s="23"/>
       <c r="F28" s="16"/>
       <c r="G28" s="17"/>
       <c r="H28" s="17"/>
       <c r="I28" s="17"/>
       <c r="J28" s="18"/>
       <c r="K28" s="16"/>
       <c r="L28" s="17"/>
       <c r="M28" s="17"/>
       <c r="N28" s="17"/>
       <c r="O28" s="18"/>
       <c r="P28" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q28" s="73"/>
-[...3 lines deleted...]
-      <c r="U28" s="74"/>
+      <c r="Q28" s="51"/>
+      <c r="R28" s="51"/>
+      <c r="S28" s="51"/>
+      <c r="T28" s="51"/>
+      <c r="U28" s="52"/>
       <c r="V28" s="14"/>
       <c r="Z28" s="15"/>
-      <c r="AA28" s="49">
+      <c r="AA28" s="63">
         <v>4</v>
       </c>
-      <c r="AB28" s="50"/>
-      <c r="AC28" s="51"/>
+      <c r="AB28" s="64"/>
+      <c r="AC28" s="65"/>
       <c r="AD28" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE28" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF28" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG28" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH28" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI28" s="58" t="s">
+      <c r="AI28" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ28" s="47"/>
-[...2 lines deleted...]
-      <c r="AM28" s="59"/>
+      <c r="AJ28" s="43"/>
+      <c r="AK28" s="43"/>
+      <c r="AL28" s="43"/>
+      <c r="AM28" s="62"/>
     </row>
     <row r="29" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="22"/>
       <c r="C29" s="20"/>
       <c r="D29" s="20"/>
       <c r="E29" s="23"/>
       <c r="F29" s="11" t="s">
         <v>32</v>
       </c>
       <c r="G29" s="12"/>
       <c r="H29" s="12"/>
       <c r="I29" s="12"/>
       <c r="J29" s="13"/>
       <c r="K29" s="11" t="s">
         <v>30</v>
       </c>
       <c r="L29" s="12"/>
       <c r="M29" s="12"/>
       <c r="N29" s="12"/>
       <c r="O29" s="13"/>
       <c r="P29" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q29" s="69"/>
-[...9 lines deleted...]
-      <c r="AA29" s="55">
+      <c r="Q29" s="53"/>
+      <c r="R29" s="53"/>
+      <c r="S29" s="53"/>
+      <c r="T29" s="53"/>
+      <c r="U29" s="54"/>
+      <c r="V29" s="66"/>
+      <c r="W29" s="67"/>
+      <c r="X29" s="67"/>
+      <c r="Y29" s="67"/>
+      <c r="Z29" s="68"/>
+      <c r="AA29" s="57">
         <v>1</v>
       </c>
-      <c r="AB29" s="56"/>
-      <c r="AC29" s="57"/>
+      <c r="AB29" s="58"/>
+      <c r="AC29" s="59"/>
       <c r="AD29" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF29" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG29" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH29" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI29" s="55" t="s">
+      <c r="AI29" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ29" s="56"/>
-[...2 lines deleted...]
-      <c r="AM29" s="57"/>
+      <c r="AJ29" s="58"/>
+      <c r="AK29" s="58"/>
+      <c r="AL29" s="58"/>
+      <c r="AM29" s="59"/>
     </row>
     <row r="30" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="22"/>
       <c r="C30" s="20"/>
       <c r="D30" s="20"/>
       <c r="E30" s="23"/>
       <c r="F30" s="14" t="s">
         <v>33</v>
       </c>
       <c r="J30" s="15"/>
       <c r="K30" s="14" t="s">
         <v>31</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q30" s="71"/>
-[...3 lines deleted...]
-      <c r="U30" s="72"/>
+      <c r="Q30" s="49"/>
+      <c r="R30" s="49"/>
+      <c r="S30" s="49"/>
+      <c r="T30" s="49"/>
+      <c r="U30" s="50"/>
       <c r="V30" s="14"/>
       <c r="Z30" s="15"/>
-      <c r="AA30" s="58">
+      <c r="AA30" s="61">
         <v>2</v>
       </c>
-      <c r="AB30" s="47"/>
-      <c r="AC30" s="59"/>
+      <c r="AB30" s="43"/>
+      <c r="AC30" s="62"/>
       <c r="AD30" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH30" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI30" s="58" t="s">
+      <c r="AI30" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ30" s="47"/>
-[...2 lines deleted...]
-      <c r="AM30" s="59"/>
+      <c r="AJ30" s="43"/>
+      <c r="AK30" s="43"/>
+      <c r="AL30" s="43"/>
+      <c r="AM30" s="62"/>
     </row>
     <row r="31" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="22"/>
       <c r="C31" s="20"/>
       <c r="D31" s="20"/>
       <c r="E31" s="23"/>
       <c r="F31" s="14" t="s">
         <v>34</v>
       </c>
       <c r="J31" s="15"/>
       <c r="K31" s="16"/>
       <c r="L31" s="17"/>
       <c r="M31" s="17"/>
       <c r="N31" s="17"/>
       <c r="O31" s="18"/>
       <c r="P31" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q31" s="73"/>
-[...3 lines deleted...]
-      <c r="U31" s="74"/>
+      <c r="Q31" s="51"/>
+      <c r="R31" s="51"/>
+      <c r="S31" s="51"/>
+      <c r="T31" s="51"/>
+      <c r="U31" s="52"/>
       <c r="V31" s="16"/>
       <c r="W31" s="17"/>
       <c r="X31" s="17"/>
       <c r="Y31" s="17"/>
       <c r="Z31" s="18"/>
-      <c r="AA31" s="49">
+      <c r="AA31" s="63">
         <v>4</v>
       </c>
-      <c r="AB31" s="50"/>
-      <c r="AC31" s="51"/>
+      <c r="AB31" s="64"/>
+      <c r="AC31" s="65"/>
       <c r="AD31" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH31" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI31" s="49" t="s">
+      <c r="AI31" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ31" s="50"/>
-[...2 lines deleted...]
-      <c r="AM31" s="51"/>
+      <c r="AJ31" s="64"/>
+      <c r="AK31" s="64"/>
+      <c r="AL31" s="64"/>
+      <c r="AM31" s="65"/>
     </row>
     <row r="32" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="14"/>
       <c r="E32" s="15"/>
       <c r="F32" s="14"/>
       <c r="J32" s="15"/>
       <c r="K32" s="11" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="12"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="13"/>
       <c r="P32" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q32" s="69"/>
-[...9 lines deleted...]
-      <c r="AA32" s="55">
+      <c r="Q32" s="53"/>
+      <c r="R32" s="53"/>
+      <c r="S32" s="53"/>
+      <c r="T32" s="53"/>
+      <c r="U32" s="54"/>
+      <c r="V32" s="66"/>
+      <c r="W32" s="67"/>
+      <c r="X32" s="67"/>
+      <c r="Y32" s="67"/>
+      <c r="Z32" s="68"/>
+      <c r="AA32" s="57">
         <v>1</v>
       </c>
-      <c r="AB32" s="56"/>
-      <c r="AC32" s="57"/>
+      <c r="AB32" s="58"/>
+      <c r="AC32" s="59"/>
       <c r="AD32" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE32" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF32" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG32" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH32" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI32" s="58" t="s">
+      <c r="AI32" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ32" s="47"/>
-[...2 lines deleted...]
-      <c r="AM32" s="59"/>
+      <c r="AJ32" s="43"/>
+      <c r="AK32" s="43"/>
+      <c r="AL32" s="43"/>
+      <c r="AM32" s="62"/>
     </row>
     <row r="33" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="14"/>
       <c r="E33" s="15"/>
       <c r="F33" s="14"/>
       <c r="J33" s="15"/>
       <c r="K33" s="14"/>
       <c r="O33" s="15"/>
       <c r="P33" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q33" s="71"/>
-[...3 lines deleted...]
-      <c r="U33" s="72"/>
+      <c r="Q33" s="49"/>
+      <c r="R33" s="49"/>
+      <c r="S33" s="49"/>
+      <c r="T33" s="49"/>
+      <c r="U33" s="50"/>
       <c r="V33" s="14"/>
       <c r="Z33" s="15"/>
-      <c r="AA33" s="58">
+      <c r="AA33" s="61">
         <v>2</v>
       </c>
-      <c r="AB33" s="47"/>
-      <c r="AC33" s="59"/>
+      <c r="AB33" s="43"/>
+      <c r="AC33" s="62"/>
       <c r="AD33" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE33" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF33" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG33" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH33" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI33" s="58" t="s">
+      <c r="AI33" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ33" s="47"/>
-[...2 lines deleted...]
-      <c r="AM33" s="59"/>
+      <c r="AJ33" s="43"/>
+      <c r="AK33" s="43"/>
+      <c r="AL33" s="43"/>
+      <c r="AM33" s="62"/>
     </row>
     <row r="34" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="16"/>
       <c r="C34" s="17"/>
       <c r="D34" s="17"/>
       <c r="E34" s="18"/>
       <c r="F34" s="16"/>
       <c r="G34" s="17"/>
       <c r="H34" s="17"/>
       <c r="I34" s="17"/>
       <c r="J34" s="18"/>
       <c r="K34" s="16"/>
       <c r="L34" s="17"/>
       <c r="M34" s="17"/>
       <c r="N34" s="17"/>
       <c r="O34" s="18"/>
       <c r="P34" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q34" s="73"/>
-[...3 lines deleted...]
-      <c r="U34" s="74"/>
+      <c r="Q34" s="51"/>
+      <c r="R34" s="51"/>
+      <c r="S34" s="51"/>
+      <c r="T34" s="51"/>
+      <c r="U34" s="52"/>
       <c r="V34" s="16"/>
       <c r="W34" s="17"/>
       <c r="X34" s="17"/>
       <c r="Y34" s="17"/>
       <c r="Z34" s="18"/>
-      <c r="AA34" s="49">
+      <c r="AA34" s="63">
         <v>4</v>
       </c>
-      <c r="AB34" s="50"/>
-      <c r="AC34" s="51"/>
+      <c r="AB34" s="64"/>
+      <c r="AC34" s="65"/>
       <c r="AD34" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE34" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF34" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG34" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH34" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI34" s="49" t="s">
+      <c r="AI34" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ34" s="50"/>
-[...2 lines deleted...]
-      <c r="AM34" s="51"/>
+      <c r="AJ34" s="64"/>
+      <c r="AK34" s="64"/>
+      <c r="AL34" s="64"/>
+      <c r="AM34" s="65"/>
     </row>
     <row r="35" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B35" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="12"/>
       <c r="D35" s="12"/>
       <c r="E35" s="13"/>
       <c r="F35" s="11" t="s">
         <v>42</v>
       </c>
       <c r="G35" s="12"/>
       <c r="H35" s="12"/>
       <c r="I35" s="12"/>
       <c r="J35" s="12"/>
       <c r="K35" s="12"/>
       <c r="L35" s="12"/>
       <c r="M35" s="12"/>
       <c r="N35" s="12"/>
       <c r="O35" s="13"/>
       <c r="P35" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q35" s="69"/>
-[...9 lines deleted...]
-      <c r="AA35" s="55">
+      <c r="Q35" s="53"/>
+      <c r="R35" s="53"/>
+      <c r="S35" s="53"/>
+      <c r="T35" s="53"/>
+      <c r="U35" s="54"/>
+      <c r="V35" s="66"/>
+      <c r="W35" s="67"/>
+      <c r="X35" s="67"/>
+      <c r="Y35" s="67"/>
+      <c r="Z35" s="68"/>
+      <c r="AA35" s="57">
         <v>1</v>
       </c>
-      <c r="AB35" s="56"/>
-      <c r="AC35" s="57"/>
+      <c r="AB35" s="58"/>
+      <c r="AC35" s="59"/>
       <c r="AD35" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE35" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF35" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG35" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH35" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI35" s="55" t="s">
+      <c r="AI35" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ35" s="56"/>
-[...2 lines deleted...]
-      <c r="AM35" s="57"/>
+      <c r="AJ35" s="58"/>
+      <c r="AK35" s="58"/>
+      <c r="AL35" s="58"/>
+      <c r="AM35" s="59"/>
     </row>
     <row r="36" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B36" s="14" t="s">
         <v>36</v>
       </c>
       <c r="E36" s="15"/>
       <c r="F36" s="14"/>
       <c r="O36" s="15"/>
       <c r="P36" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q36" s="71"/>
-[...3 lines deleted...]
-      <c r="U36" s="72"/>
+      <c r="Q36" s="49"/>
+      <c r="R36" s="49"/>
+      <c r="S36" s="49"/>
+      <c r="T36" s="49"/>
+      <c r="U36" s="50"/>
       <c r="V36" s="14"/>
       <c r="Z36" s="15"/>
-      <c r="AA36" s="58">
+      <c r="AA36" s="61">
         <v>3</v>
       </c>
-      <c r="AB36" s="47"/>
-      <c r="AC36" s="59"/>
+      <c r="AB36" s="43"/>
+      <c r="AC36" s="62"/>
       <c r="AD36" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE36" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF36" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG36" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH36" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI36" s="58" t="s">
+      <c r="AI36" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ36" s="47"/>
-[...2 lines deleted...]
-      <c r="AM36" s="59"/>
+      <c r="AJ36" s="43"/>
+      <c r="AK36" s="43"/>
+      <c r="AL36" s="43"/>
+      <c r="AM36" s="62"/>
     </row>
     <row r="37" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B37" s="14"/>
       <c r="E37" s="15"/>
       <c r="F37" s="16"/>
       <c r="G37" s="17"/>
       <c r="H37" s="17"/>
       <c r="I37" s="17"/>
       <c r="J37" s="17"/>
       <c r="K37" s="17"/>
       <c r="L37" s="17"/>
       <c r="M37" s="17"/>
       <c r="N37" s="17"/>
       <c r="O37" s="18"/>
       <c r="P37" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q37" s="73"/>
-[...3 lines deleted...]
-      <c r="U37" s="74"/>
+      <c r="Q37" s="51"/>
+      <c r="R37" s="51"/>
+      <c r="S37" s="51"/>
+      <c r="T37" s="51"/>
+      <c r="U37" s="52"/>
       <c r="V37" s="14"/>
       <c r="Z37" s="15"/>
-      <c r="AA37" s="49">
+      <c r="AA37" s="63">
         <v>4</v>
       </c>
-      <c r="AB37" s="50"/>
-      <c r="AC37" s="51"/>
+      <c r="AB37" s="64"/>
+      <c r="AC37" s="65"/>
       <c r="AD37" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE37" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF37" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG37" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH37" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI37" s="49" t="s">
+      <c r="AI37" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ37" s="50"/>
-[...2 lines deleted...]
-      <c r="AM37" s="51"/>
+      <c r="AJ37" s="64"/>
+      <c r="AK37" s="64"/>
+      <c r="AL37" s="64"/>
+      <c r="AM37" s="65"/>
     </row>
     <row r="38" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="14"/>
       <c r="E38" s="15"/>
       <c r="F38" s="11" t="s">
         <v>43</v>
       </c>
       <c r="G38" s="12"/>
       <c r="H38" s="12"/>
       <c r="I38" s="12"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
       <c r="L38" s="12"/>
       <c r="M38" s="12"/>
       <c r="N38" s="12"/>
       <c r="O38" s="13"/>
       <c r="P38" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q38" s="69"/>
-[...9 lines deleted...]
-      <c r="AA38" s="55">
+      <c r="Q38" s="53"/>
+      <c r="R38" s="53"/>
+      <c r="S38" s="53"/>
+      <c r="T38" s="53"/>
+      <c r="U38" s="54"/>
+      <c r="V38" s="66"/>
+      <c r="W38" s="67"/>
+      <c r="X38" s="67"/>
+      <c r="Y38" s="67"/>
+      <c r="Z38" s="68"/>
+      <c r="AA38" s="57">
         <v>1</v>
       </c>
-      <c r="AB38" s="56"/>
-      <c r="AC38" s="57"/>
+      <c r="AB38" s="58"/>
+      <c r="AC38" s="59"/>
       <c r="AD38" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE38" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF38" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG38" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH38" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI38" s="55" t="s">
+      <c r="AI38" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ38" s="56"/>
-[...2 lines deleted...]
-      <c r="AM38" s="57"/>
+      <c r="AJ38" s="58"/>
+      <c r="AK38" s="58"/>
+      <c r="AL38" s="58"/>
+      <c r="AM38" s="59"/>
     </row>
     <row r="39" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="14"/>
       <c r="E39" s="15"/>
       <c r="F39" s="14"/>
       <c r="O39" s="15"/>
       <c r="P39" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q39" s="71"/>
-[...3 lines deleted...]
-      <c r="U39" s="72"/>
+      <c r="Q39" s="49"/>
+      <c r="R39" s="49"/>
+      <c r="S39" s="49"/>
+      <c r="T39" s="49"/>
+      <c r="U39" s="50"/>
       <c r="V39" s="14"/>
       <c r="Z39" s="15"/>
-      <c r="AA39" s="58">
+      <c r="AA39" s="61">
         <v>3</v>
       </c>
-      <c r="AB39" s="47"/>
-      <c r="AC39" s="59"/>
+      <c r="AB39" s="43"/>
+      <c r="AC39" s="62"/>
       <c r="AD39" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH39" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI39" s="58" t="s">
+      <c r="AI39" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ39" s="47"/>
-[...2 lines deleted...]
-      <c r="AM39" s="59"/>
+      <c r="AJ39" s="43"/>
+      <c r="AK39" s="43"/>
+      <c r="AL39" s="43"/>
+      <c r="AM39" s="62"/>
     </row>
     <row r="40" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="16"/>
       <c r="C40" s="17"/>
       <c r="D40" s="17"/>
       <c r="E40" s="18"/>
       <c r="F40" s="16"/>
       <c r="G40" s="17"/>
       <c r="H40" s="17"/>
       <c r="I40" s="17"/>
       <c r="J40" s="17"/>
       <c r="K40" s="17"/>
       <c r="L40" s="17"/>
       <c r="M40" s="17"/>
       <c r="N40" s="17"/>
       <c r="O40" s="18"/>
       <c r="P40" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q40" s="73"/>
-[...3 lines deleted...]
-      <c r="U40" s="74"/>
+      <c r="Q40" s="51"/>
+      <c r="R40" s="51"/>
+      <c r="S40" s="51"/>
+      <c r="T40" s="51"/>
+      <c r="U40" s="52"/>
       <c r="V40" s="16"/>
       <c r="W40" s="17"/>
       <c r="X40" s="17"/>
       <c r="Y40" s="17"/>
       <c r="Z40" s="18"/>
-      <c r="AA40" s="49">
+      <c r="AA40" s="63">
         <v>4</v>
       </c>
-      <c r="AB40" s="50"/>
-      <c r="AC40" s="51"/>
+      <c r="AB40" s="64"/>
+      <c r="AC40" s="65"/>
       <c r="AD40" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE40" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF40" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG40" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH40" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI40" s="49" t="s">
+      <c r="AI40" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ40" s="50"/>
-[...2 lines deleted...]
-      <c r="AM40" s="51"/>
+      <c r="AJ40" s="64"/>
+      <c r="AK40" s="64"/>
+      <c r="AL40" s="64"/>
+      <c r="AM40" s="65"/>
     </row>
   </sheetData>
   <mergeCells count="100">
-    <mergeCell ref="Q39:U39"/>
-[...41 lines deleted...]
-    <mergeCell ref="AI19:AM19"/>
+    <mergeCell ref="V35:Z35"/>
+    <mergeCell ref="AA35:AC35"/>
+    <mergeCell ref="AI35:AM35"/>
+    <mergeCell ref="AA40:AC40"/>
+    <mergeCell ref="AI40:AM40"/>
+    <mergeCell ref="AA37:AC37"/>
+    <mergeCell ref="AI37:AM37"/>
+    <mergeCell ref="V38:Z38"/>
+    <mergeCell ref="AA38:AC38"/>
+    <mergeCell ref="AI38:AM38"/>
+    <mergeCell ref="AA39:AC39"/>
+    <mergeCell ref="AI39:AM39"/>
+    <mergeCell ref="AA36:AC36"/>
+    <mergeCell ref="AI36:AM36"/>
+    <mergeCell ref="AA27:AC27"/>
+    <mergeCell ref="AA28:AC28"/>
+    <mergeCell ref="AA29:AC29"/>
+    <mergeCell ref="AA30:AC30"/>
+    <mergeCell ref="AA31:AC31"/>
+    <mergeCell ref="AA32:AC32"/>
+    <mergeCell ref="AI33:AM33"/>
+    <mergeCell ref="AI34:AM34"/>
+    <mergeCell ref="AA33:AC33"/>
+    <mergeCell ref="AA34:AC34"/>
+    <mergeCell ref="V23:Z23"/>
+    <mergeCell ref="V26:Z26"/>
+    <mergeCell ref="AA26:AC26"/>
+    <mergeCell ref="AA15:AC15"/>
+    <mergeCell ref="AA16:AC16"/>
+    <mergeCell ref="AA17:AC17"/>
+    <mergeCell ref="AA18:AC18"/>
+    <mergeCell ref="AA19:AC19"/>
+    <mergeCell ref="AA20:AC20"/>
+    <mergeCell ref="AA21:AC21"/>
+    <mergeCell ref="AA22:AC22"/>
+    <mergeCell ref="AA23:AC23"/>
+    <mergeCell ref="AA24:AC24"/>
+    <mergeCell ref="AA25:AC25"/>
     <mergeCell ref="V29:Z29"/>
     <mergeCell ref="V32:Z32"/>
     <mergeCell ref="AA14:AC14"/>
     <mergeCell ref="AI27:AM27"/>
     <mergeCell ref="AI28:AM28"/>
     <mergeCell ref="AI29:AM29"/>
     <mergeCell ref="AI30:AM30"/>
     <mergeCell ref="AI31:AM31"/>
     <mergeCell ref="AI32:AM32"/>
     <mergeCell ref="AI21:AM21"/>
     <mergeCell ref="AI22:AM22"/>
     <mergeCell ref="AI23:AM23"/>
     <mergeCell ref="AI24:AM24"/>
     <mergeCell ref="AI25:AM25"/>
     <mergeCell ref="AI26:AM26"/>
     <mergeCell ref="AI14:AM14"/>
+    <mergeCell ref="AI20:AM20"/>
+    <mergeCell ref="AI12:AM13"/>
+    <mergeCell ref="AD12:AH13"/>
+    <mergeCell ref="AA12:AC13"/>
+    <mergeCell ref="V12:Z13"/>
+    <mergeCell ref="AI15:AM15"/>
+    <mergeCell ref="AI16:AM16"/>
+    <mergeCell ref="AI17:AM17"/>
+    <mergeCell ref="AI18:AM18"/>
+    <mergeCell ref="AI19:AM19"/>
     <mergeCell ref="V14:Z14"/>
     <mergeCell ref="V17:Z17"/>
     <mergeCell ref="V20:Z20"/>
-    <mergeCell ref="V23:Z23"/>
-[...36 lines deleted...]
-    <mergeCell ref="AI39:AM39"/>
+    <mergeCell ref="P12:U13"/>
+    <mergeCell ref="B11:O13"/>
+    <mergeCell ref="B2:AM2"/>
+    <mergeCell ref="B6:AM6"/>
+    <mergeCell ref="P11:Z11"/>
+    <mergeCell ref="AA11:AM11"/>
+    <mergeCell ref="Q14:U14"/>
+    <mergeCell ref="Q15:U15"/>
+    <mergeCell ref="Q16:U16"/>
+    <mergeCell ref="Q17:U17"/>
+    <mergeCell ref="Q18:U18"/>
+    <mergeCell ref="Q19:U19"/>
+    <mergeCell ref="Q20:U20"/>
+    <mergeCell ref="Q21:U21"/>
+    <mergeCell ref="Q22:U22"/>
+    <mergeCell ref="Q23:U23"/>
+    <mergeCell ref="Q24:U24"/>
+    <mergeCell ref="Q25:U25"/>
+    <mergeCell ref="Q26:U26"/>
+    <mergeCell ref="Q27:U27"/>
+    <mergeCell ref="Q28:U28"/>
+    <mergeCell ref="Q29:U29"/>
+    <mergeCell ref="Q30:U30"/>
+    <mergeCell ref="Q31:U31"/>
+    <mergeCell ref="Q32:U32"/>
+    <mergeCell ref="Q33:U33"/>
+    <mergeCell ref="Q39:U39"/>
+    <mergeCell ref="Q40:U40"/>
+    <mergeCell ref="Q34:U34"/>
+    <mergeCell ref="Q35:U35"/>
+    <mergeCell ref="Q36:U36"/>
+    <mergeCell ref="Q37:U37"/>
+    <mergeCell ref="Q38:U38"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P14:P40" xr:uid="{6FE8A7D6-D84B-4E08-A3A6-6F9CB5FCD7CD}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF9F398B-3AB2-4EF8-9F63-FD2E269FFF7F}">
   <dimension ref="B2:AP47"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="P6" sqref="P6"/>
+      <selection activeCell="B31" sqref="B31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="2.7109375" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="3" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B3" s="61" t="s">
+      <c r="B3" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="61"/>
-[...12 lines deleted...]
-      <c r="P3" s="61" t="s">
+      <c r="C3" s="55"/>
+      <c r="D3" s="55"/>
+      <c r="E3" s="55"/>
+      <c r="F3" s="55"/>
+      <c r="G3" s="55"/>
+      <c r="H3" s="55"/>
+      <c r="I3" s="55"/>
+      <c r="J3" s="55"/>
+      <c r="K3" s="55"/>
+      <c r="L3" s="55"/>
+      <c r="M3" s="55"/>
+      <c r="N3" s="55"/>
+      <c r="O3" s="55"/>
+      <c r="P3" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="Q3" s="61"/>
-[...9 lines deleted...]
-      <c r="AA3" s="61" t="s">
+      <c r="Q3" s="55"/>
+      <c r="R3" s="55"/>
+      <c r="S3" s="55"/>
+      <c r="T3" s="55"/>
+      <c r="U3" s="55"/>
+      <c r="V3" s="55"/>
+      <c r="W3" s="55"/>
+      <c r="X3" s="55"/>
+      <c r="Y3" s="55"/>
+      <c r="Z3" s="55"/>
+      <c r="AA3" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="AB3" s="61"/>
-[...10 lines deleted...]
-      <c r="AM3" s="61"/>
+      <c r="AB3" s="55"/>
+      <c r="AC3" s="55"/>
+      <c r="AD3" s="55"/>
+      <c r="AE3" s="55"/>
+      <c r="AF3" s="55"/>
+      <c r="AG3" s="55"/>
+      <c r="AH3" s="55"/>
+      <c r="AI3" s="55"/>
+      <c r="AJ3" s="55"/>
+      <c r="AK3" s="55"/>
+      <c r="AL3" s="55"/>
+      <c r="AM3" s="55"/>
       <c r="AP3" s="30"/>
     </row>
     <row r="4" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="61"/>
-[...13 lines deleted...]
-      <c r="P4" s="61" t="s">
+      <c r="B4" s="55"/>
+      <c r="C4" s="55"/>
+      <c r="D4" s="55"/>
+      <c r="E4" s="55"/>
+      <c r="F4" s="55"/>
+      <c r="G4" s="55"/>
+      <c r="H4" s="55"/>
+      <c r="I4" s="55"/>
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="55"/>
+      <c r="M4" s="55"/>
+      <c r="N4" s="55"/>
+      <c r="O4" s="55"/>
+      <c r="P4" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="Q4" s="61"/>
-[...4 lines deleted...]
-      <c r="V4" s="61" t="s">
+      <c r="Q4" s="55"/>
+      <c r="R4" s="55"/>
+      <c r="S4" s="55"/>
+      <c r="T4" s="55"/>
+      <c r="U4" s="55"/>
+      <c r="V4" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="W4" s="61"/>
-[...2 lines deleted...]
-      <c r="Z4" s="61"/>
+      <c r="W4" s="55"/>
+      <c r="X4" s="55"/>
+      <c r="Y4" s="55"/>
+      <c r="Z4" s="55"/>
       <c r="AA4" s="60" t="s">
         <v>22</v>
       </c>
-      <c r="AB4" s="61"/>
-[...1 lines deleted...]
-      <c r="AD4" s="61" t="s">
+      <c r="AB4" s="55"/>
+      <c r="AC4" s="55"/>
+      <c r="AD4" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="AE4" s="61"/>
-[...2 lines deleted...]
-      <c r="AH4" s="61"/>
+      <c r="AE4" s="55"/>
+      <c r="AF4" s="55"/>
+      <c r="AG4" s="55"/>
+      <c r="AH4" s="55"/>
       <c r="AI4" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="AJ4" s="61"/>
-[...2 lines deleted...]
-      <c r="AM4" s="61"/>
+      <c r="AJ4" s="55"/>
+      <c r="AK4" s="55"/>
+      <c r="AL4" s="55"/>
+      <c r="AM4" s="55"/>
       <c r="AP4" s="30"/>
     </row>
     <row r="5" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="61"/>
-[...36 lines deleted...]
-      <c r="AM5" s="61"/>
+      <c r="B5" s="55"/>
+      <c r="C5" s="55"/>
+      <c r="D5" s="55"/>
+      <c r="E5" s="55"/>
+      <c r="F5" s="55"/>
+      <c r="G5" s="55"/>
+      <c r="H5" s="55"/>
+      <c r="I5" s="55"/>
+      <c r="J5" s="55"/>
+      <c r="K5" s="55"/>
+      <c r="L5" s="55"/>
+      <c r="M5" s="55"/>
+      <c r="N5" s="55"/>
+      <c r="O5" s="55"/>
+      <c r="P5" s="55"/>
+      <c r="Q5" s="55"/>
+      <c r="R5" s="55"/>
+      <c r="S5" s="55"/>
+      <c r="T5" s="55"/>
+      <c r="U5" s="55"/>
+      <c r="V5" s="55"/>
+      <c r="W5" s="55"/>
+      <c r="X5" s="55"/>
+      <c r="Y5" s="55"/>
+      <c r="Z5" s="55"/>
+      <c r="AA5" s="55"/>
+      <c r="AB5" s="55"/>
+      <c r="AC5" s="55"/>
+      <c r="AD5" s="55"/>
+      <c r="AE5" s="55"/>
+      <c r="AF5" s="55"/>
+      <c r="AG5" s="55"/>
+      <c r="AH5" s="55"/>
+      <c r="AI5" s="55"/>
+      <c r="AJ5" s="55"/>
+      <c r="AK5" s="55"/>
+      <c r="AL5" s="55"/>
+      <c r="AM5" s="55"/>
     </row>
     <row r="6" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="11" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="12"/>
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
       <c r="M6" s="12"/>
       <c r="N6" s="12"/>
       <c r="O6" s="12"/>
       <c r="P6" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q6" s="69"/>
-[...9 lines deleted...]
-      <c r="AA6" s="55">
+      <c r="Q6" s="53"/>
+      <c r="R6" s="53"/>
+      <c r="S6" s="53"/>
+      <c r="T6" s="53"/>
+      <c r="U6" s="54"/>
+      <c r="V6" s="66"/>
+      <c r="W6" s="67"/>
+      <c r="X6" s="67"/>
+      <c r="Y6" s="67"/>
+      <c r="Z6" s="68"/>
+      <c r="AA6" s="57">
         <v>1</v>
       </c>
-      <c r="AB6" s="56"/>
-      <c r="AC6" s="57"/>
+      <c r="AB6" s="58"/>
+      <c r="AC6" s="59"/>
       <c r="AD6" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE6" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF6" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG6" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH6" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI6" s="55" t="s">
+      <c r="AI6" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ6" s="56"/>
-[...2 lines deleted...]
-      <c r="AM6" s="57"/>
+      <c r="AJ6" s="58"/>
+      <c r="AK6" s="58"/>
+      <c r="AL6" s="58"/>
+      <c r="AM6" s="59"/>
     </row>
     <row r="7" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="16"/>
       <c r="C7" s="17"/>
       <c r="D7" s="17"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="17"/>
       <c r="I7" s="17"/>
       <c r="J7" s="17"/>
       <c r="K7" s="17"/>
       <c r="L7" s="17"/>
       <c r="M7" s="17"/>
       <c r="N7" s="17"/>
       <c r="O7" s="17"/>
       <c r="P7" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q7" s="73"/>
-[...3 lines deleted...]
-      <c r="U7" s="74"/>
+      <c r="Q7" s="51"/>
+      <c r="R7" s="51"/>
+      <c r="S7" s="51"/>
+      <c r="T7" s="51"/>
+      <c r="U7" s="52"/>
       <c r="V7" s="16"/>
       <c r="W7" s="17"/>
       <c r="X7" s="17"/>
       <c r="Y7" s="17"/>
       <c r="Z7" s="18"/>
-      <c r="AA7" s="49">
+      <c r="AA7" s="63">
         <v>4</v>
       </c>
-      <c r="AB7" s="50"/>
-      <c r="AC7" s="51"/>
+      <c r="AB7" s="64"/>
+      <c r="AC7" s="65"/>
       <c r="AD7" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE7" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF7" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG7" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH7" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI7" s="49" t="s">
+      <c r="AI7" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ7" s="50"/>
-[...2 lines deleted...]
-      <c r="AM7" s="51"/>
+      <c r="AJ7" s="64"/>
+      <c r="AK7" s="64"/>
+      <c r="AL7" s="64"/>
+      <c r="AM7" s="65"/>
     </row>
     <row r="8" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="12"/>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="12"/>
       <c r="M8" s="12"/>
       <c r="N8" s="12"/>
       <c r="O8" s="12"/>
       <c r="P8" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q8" s="69"/>
-[...9 lines deleted...]
-      <c r="AA8" s="55">
+      <c r="Q8" s="53"/>
+      <c r="R8" s="53"/>
+      <c r="S8" s="53"/>
+      <c r="T8" s="53"/>
+      <c r="U8" s="54"/>
+      <c r="V8" s="66"/>
+      <c r="W8" s="67"/>
+      <c r="X8" s="67"/>
+      <c r="Y8" s="67"/>
+      <c r="Z8" s="68"/>
+      <c r="AA8" s="57">
         <v>1</v>
       </c>
-      <c r="AB8" s="56"/>
-      <c r="AC8" s="57"/>
+      <c r="AB8" s="58"/>
+      <c r="AC8" s="59"/>
       <c r="AD8" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE8" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF8" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG8" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH8" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI8" s="55" t="s">
+      <c r="AI8" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ8" s="56"/>
-[...2 lines deleted...]
-      <c r="AM8" s="57"/>
+      <c r="AJ8" s="58"/>
+      <c r="AK8" s="58"/>
+      <c r="AL8" s="58"/>
+      <c r="AM8" s="59"/>
     </row>
     <row r="9" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="16"/>
       <c r="C9" s="17"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
       <c r="F9" s="17"/>
       <c r="G9" s="17"/>
       <c r="H9" s="17"/>
       <c r="I9" s="17"/>
       <c r="J9" s="17"/>
       <c r="K9" s="17"/>
       <c r="L9" s="17"/>
       <c r="M9" s="17"/>
       <c r="N9" s="17"/>
       <c r="O9" s="17"/>
       <c r="P9" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q9" s="73"/>
-[...3 lines deleted...]
-      <c r="U9" s="74"/>
+      <c r="Q9" s="51"/>
+      <c r="R9" s="51"/>
+      <c r="S9" s="51"/>
+      <c r="T9" s="51"/>
+      <c r="U9" s="52"/>
       <c r="V9" s="16"/>
       <c r="W9" s="17"/>
       <c r="X9" s="17"/>
       <c r="Y9" s="17"/>
       <c r="Z9" s="18"/>
-      <c r="AA9" s="49">
+      <c r="AA9" s="63">
         <v>4</v>
       </c>
-      <c r="AB9" s="50"/>
-      <c r="AC9" s="51"/>
+      <c r="AB9" s="64"/>
+      <c r="AC9" s="65"/>
       <c r="AD9" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE9" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF9" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG9" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH9" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI9" s="49" t="s">
+      <c r="AI9" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ9" s="50"/>
-[...2 lines deleted...]
-      <c r="AM9" s="51"/>
+      <c r="AJ9" s="64"/>
+      <c r="AK9" s="64"/>
+      <c r="AL9" s="64"/>
+      <c r="AM9" s="65"/>
     </row>
     <row r="10" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="11" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="12"/>
       <c r="D10" s="12"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
       <c r="M10" s="12"/>
       <c r="N10" s="12"/>
       <c r="O10" s="12"/>
       <c r="P10" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q10" s="69"/>
-[...9 lines deleted...]
-      <c r="AA10" s="55">
+      <c r="Q10" s="53"/>
+      <c r="R10" s="53"/>
+      <c r="S10" s="53"/>
+      <c r="T10" s="53"/>
+      <c r="U10" s="54"/>
+      <c r="V10" s="66"/>
+      <c r="W10" s="67"/>
+      <c r="X10" s="67"/>
+      <c r="Y10" s="67"/>
+      <c r="Z10" s="68"/>
+      <c r="AA10" s="57">
         <v>1</v>
       </c>
-      <c r="AB10" s="56"/>
-      <c r="AC10" s="57"/>
+      <c r="AB10" s="58"/>
+      <c r="AC10" s="59"/>
       <c r="AD10" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE10" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF10" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG10" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH10" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI10" s="55" t="s">
+      <c r="AI10" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ10" s="56"/>
-[...2 lines deleted...]
-      <c r="AM10" s="57"/>
+      <c r="AJ10" s="58"/>
+      <c r="AK10" s="58"/>
+      <c r="AL10" s="58"/>
+      <c r="AM10" s="59"/>
     </row>
     <row r="11" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="16"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="17"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="17"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q11" s="73"/>
-[...3 lines deleted...]
-      <c r="U11" s="74"/>
+      <c r="Q11" s="51"/>
+      <c r="R11" s="51"/>
+      <c r="S11" s="51"/>
+      <c r="T11" s="51"/>
+      <c r="U11" s="52"/>
       <c r="V11" s="16"/>
       <c r="W11" s="17"/>
       <c r="X11" s="17"/>
       <c r="Y11" s="17"/>
       <c r="Z11" s="18"/>
-      <c r="AA11" s="49">
+      <c r="AA11" s="63">
         <v>4</v>
       </c>
-      <c r="AB11" s="50"/>
-      <c r="AC11" s="51"/>
+      <c r="AB11" s="64"/>
+      <c r="AC11" s="65"/>
       <c r="AD11" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE11" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF11" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG11" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH11" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI11" s="49" t="s">
+      <c r="AI11" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ11" s="50"/>
-[...2 lines deleted...]
-      <c r="AM11" s="51"/>
+      <c r="AJ11" s="64"/>
+      <c r="AK11" s="64"/>
+      <c r="AL11" s="64"/>
+      <c r="AM11" s="65"/>
     </row>
     <row r="12" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C12" s="12"/>
       <c r="D12" s="12"/>
       <c r="E12" s="12"/>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
       <c r="H12" s="12"/>
       <c r="I12" s="12"/>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
       <c r="L12" s="12"/>
       <c r="M12" s="12"/>
       <c r="N12" s="12"/>
       <c r="O12" s="12"/>
       <c r="P12" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q12" s="69"/>
-[...9 lines deleted...]
-      <c r="AA12" s="55">
+      <c r="Q12" s="53"/>
+      <c r="R12" s="53"/>
+      <c r="S12" s="53"/>
+      <c r="T12" s="53"/>
+      <c r="U12" s="54"/>
+      <c r="V12" s="66"/>
+      <c r="W12" s="67"/>
+      <c r="X12" s="67"/>
+      <c r="Y12" s="67"/>
+      <c r="Z12" s="68"/>
+      <c r="AA12" s="57">
         <v>1</v>
       </c>
-      <c r="AB12" s="56"/>
-      <c r="AC12" s="57"/>
+      <c r="AB12" s="58"/>
+      <c r="AC12" s="59"/>
       <c r="AD12" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE12" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF12" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG12" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH12" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI12" s="55" t="s">
+      <c r="AI12" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ12" s="56"/>
-[...2 lines deleted...]
-      <c r="AM12" s="57"/>
+      <c r="AJ12" s="58"/>
+      <c r="AK12" s="58"/>
+      <c r="AL12" s="58"/>
+      <c r="AM12" s="59"/>
     </row>
     <row r="13" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="16"/>
       <c r="C13" s="17"/>
       <c r="D13" s="17"/>
       <c r="E13" s="17"/>
       <c r="F13" s="17"/>
       <c r="G13" s="17"/>
       <c r="H13" s="17"/>
       <c r="I13" s="17"/>
       <c r="J13" s="17"/>
       <c r="K13" s="17"/>
       <c r="L13" s="17"/>
       <c r="M13" s="17"/>
       <c r="N13" s="17"/>
       <c r="O13" s="17"/>
       <c r="P13" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q13" s="73"/>
-[...3 lines deleted...]
-      <c r="U13" s="74"/>
+      <c r="Q13" s="51"/>
+      <c r="R13" s="51"/>
+      <c r="S13" s="51"/>
+      <c r="T13" s="51"/>
+      <c r="U13" s="52"/>
       <c r="V13" s="16"/>
       <c r="W13" s="17"/>
       <c r="X13" s="17"/>
       <c r="Y13" s="17"/>
       <c r="Z13" s="18"/>
-      <c r="AA13" s="49">
+      <c r="AA13" s="63">
         <v>4</v>
       </c>
-      <c r="AB13" s="50"/>
-      <c r="AC13" s="51"/>
+      <c r="AB13" s="64"/>
+      <c r="AC13" s="65"/>
       <c r="AD13" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE13" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF13" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG13" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH13" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI13" s="49" t="s">
+      <c r="AI13" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ13" s="50"/>
-[...2 lines deleted...]
-      <c r="AM13" s="51"/>
+      <c r="AJ13" s="64"/>
+      <c r="AK13" s="64"/>
+      <c r="AL13" s="64"/>
+      <c r="AM13" s="65"/>
     </row>
     <row r="14" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C14" s="12"/>
       <c r="D14" s="12"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q14" s="69"/>
-[...9 lines deleted...]
-      <c r="AA14" s="55">
+      <c r="Q14" s="53"/>
+      <c r="R14" s="53"/>
+      <c r="S14" s="53"/>
+      <c r="T14" s="53"/>
+      <c r="U14" s="54"/>
+      <c r="V14" s="66"/>
+      <c r="W14" s="67"/>
+      <c r="X14" s="67"/>
+      <c r="Y14" s="67"/>
+      <c r="Z14" s="68"/>
+      <c r="AA14" s="57">
         <v>1</v>
       </c>
-      <c r="AB14" s="56"/>
-      <c r="AC14" s="57"/>
+      <c r="AB14" s="58"/>
+      <c r="AC14" s="59"/>
       <c r="AD14" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE14" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF14" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG14" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH14" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI14" s="55" t="s">
+      <c r="AI14" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ14" s="56"/>
-[...2 lines deleted...]
-      <c r="AM14" s="57"/>
+      <c r="AJ14" s="58"/>
+      <c r="AK14" s="58"/>
+      <c r="AL14" s="58"/>
+      <c r="AM14" s="59"/>
     </row>
     <row r="15" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="16"/>
       <c r="C15" s="17"/>
       <c r="D15" s="17"/>
       <c r="E15" s="17"/>
       <c r="F15" s="17"/>
       <c r="G15" s="17"/>
       <c r="H15" s="17"/>
       <c r="I15" s="17"/>
       <c r="J15" s="17"/>
       <c r="K15" s="17"/>
       <c r="L15" s="17"/>
       <c r="M15" s="17"/>
       <c r="N15" s="17"/>
       <c r="O15" s="17"/>
       <c r="P15" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q15" s="73"/>
-[...3 lines deleted...]
-      <c r="U15" s="74"/>
+      <c r="Q15" s="51"/>
+      <c r="R15" s="51"/>
+      <c r="S15" s="51"/>
+      <c r="T15" s="51"/>
+      <c r="U15" s="52"/>
       <c r="V15" s="16"/>
       <c r="W15" s="17"/>
       <c r="X15" s="17"/>
       <c r="Y15" s="17"/>
       <c r="Z15" s="18"/>
-      <c r="AA15" s="49">
+      <c r="AA15" s="63">
         <v>4</v>
       </c>
-      <c r="AB15" s="50"/>
-      <c r="AC15" s="51"/>
+      <c r="AB15" s="64"/>
+      <c r="AC15" s="65"/>
       <c r="AD15" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE15" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF15" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG15" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH15" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI15" s="49" t="s">
+      <c r="AI15" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ15" s="50"/>
-[...2 lines deleted...]
-      <c r="AM15" s="51"/>
+      <c r="AJ15" s="64"/>
+      <c r="AK15" s="64"/>
+      <c r="AL15" s="64"/>
+      <c r="AM15" s="65"/>
     </row>
     <row r="16" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="11" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="12"/>
       <c r="D16" s="12"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="O16" s="12"/>
       <c r="P16" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q16" s="69"/>
-[...9 lines deleted...]
-      <c r="AA16" s="55">
+      <c r="Q16" s="53"/>
+      <c r="R16" s="53"/>
+      <c r="S16" s="53"/>
+      <c r="T16" s="53"/>
+      <c r="U16" s="54"/>
+      <c r="V16" s="66"/>
+      <c r="W16" s="67"/>
+      <c r="X16" s="67"/>
+      <c r="Y16" s="67"/>
+      <c r="Z16" s="68"/>
+      <c r="AA16" s="57">
         <v>1</v>
       </c>
-      <c r="AB16" s="56"/>
-      <c r="AC16" s="57"/>
+      <c r="AB16" s="58"/>
+      <c r="AC16" s="59"/>
       <c r="AD16" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE16" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF16" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG16" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH16" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI16" s="55" t="s">
+      <c r="AI16" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ16" s="56"/>
-[...2 lines deleted...]
-      <c r="AM16" s="57"/>
+      <c r="AJ16" s="58"/>
+      <c r="AK16" s="58"/>
+      <c r="AL16" s="58"/>
+      <c r="AM16" s="59"/>
     </row>
     <row r="17" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="16"/>
       <c r="C17" s="17"/>
       <c r="D17" s="17"/>
       <c r="E17" s="17"/>
       <c r="F17" s="17"/>
       <c r="G17" s="17"/>
       <c r="H17" s="17"/>
       <c r="I17" s="17"/>
       <c r="J17" s="17"/>
       <c r="K17" s="17"/>
       <c r="L17" s="17"/>
       <c r="M17" s="17"/>
       <c r="N17" s="17"/>
       <c r="O17" s="17"/>
       <c r="P17" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q17" s="73"/>
-[...3 lines deleted...]
-      <c r="U17" s="74"/>
+      <c r="Q17" s="51"/>
+      <c r="R17" s="51"/>
+      <c r="S17" s="51"/>
+      <c r="T17" s="51"/>
+      <c r="U17" s="52"/>
       <c r="V17" s="16"/>
       <c r="W17" s="17"/>
       <c r="X17" s="17"/>
       <c r="Y17" s="17"/>
       <c r="Z17" s="18"/>
-      <c r="AA17" s="49">
+      <c r="AA17" s="63">
         <v>4</v>
       </c>
-      <c r="AB17" s="50"/>
-      <c r="AC17" s="51"/>
+      <c r="AB17" s="64"/>
+      <c r="AC17" s="65"/>
       <c r="AD17" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE17" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF17" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG17" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH17" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI17" s="49" t="s">
+      <c r="AI17" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ17" s="50"/>
-[...2 lines deleted...]
-      <c r="AM17" s="51"/>
+      <c r="AJ17" s="64"/>
+      <c r="AK17" s="64"/>
+      <c r="AL17" s="64"/>
+      <c r="AM17" s="65"/>
     </row>
     <row r="18" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="12"/>
       <c r="D18" s="12"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
       <c r="I18" s="12"/>
       <c r="J18" s="12"/>
       <c r="K18" s="12"/>
       <c r="L18" s="12"/>
       <c r="M18" s="12"/>
       <c r="N18" s="12"/>
       <c r="O18" s="12"/>
       <c r="P18" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q18" s="69"/>
-[...9 lines deleted...]
-      <c r="AA18" s="55">
+      <c r="Q18" s="53"/>
+      <c r="R18" s="53"/>
+      <c r="S18" s="53"/>
+      <c r="T18" s="53"/>
+      <c r="U18" s="54"/>
+      <c r="V18" s="66"/>
+      <c r="W18" s="67"/>
+      <c r="X18" s="67"/>
+      <c r="Y18" s="67"/>
+      <c r="Z18" s="68"/>
+      <c r="AA18" s="57">
         <v>1</v>
       </c>
-      <c r="AB18" s="56"/>
-      <c r="AC18" s="57"/>
+      <c r="AB18" s="58"/>
+      <c r="AC18" s="59"/>
       <c r="AD18" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE18" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF18" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG18" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH18" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI18" s="55" t="s">
+      <c r="AI18" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ18" s="56"/>
-[...2 lines deleted...]
-      <c r="AM18" s="57"/>
+      <c r="AJ18" s="58"/>
+      <c r="AK18" s="58"/>
+      <c r="AL18" s="58"/>
+      <c r="AM18" s="59"/>
     </row>
     <row r="19" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="16"/>
       <c r="C19" s="17"/>
       <c r="D19" s="17"/>
       <c r="E19" s="17"/>
       <c r="F19" s="17"/>
       <c r="G19" s="17"/>
       <c r="H19" s="17"/>
       <c r="I19" s="17"/>
       <c r="J19" s="17"/>
       <c r="K19" s="17"/>
       <c r="L19" s="17"/>
       <c r="M19" s="17"/>
       <c r="N19" s="17"/>
       <c r="O19" s="17"/>
       <c r="P19" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q19" s="73"/>
-[...3 lines deleted...]
-      <c r="U19" s="74"/>
+      <c r="Q19" s="51"/>
+      <c r="R19" s="51"/>
+      <c r="S19" s="51"/>
+      <c r="T19" s="51"/>
+      <c r="U19" s="52"/>
       <c r="V19" s="16"/>
       <c r="W19" s="17"/>
       <c r="X19" s="17"/>
       <c r="Y19" s="17"/>
       <c r="Z19" s="18"/>
-      <c r="AA19" s="49">
+      <c r="AA19" s="63">
         <v>4</v>
       </c>
-      <c r="AB19" s="50"/>
-      <c r="AC19" s="51"/>
+      <c r="AB19" s="64"/>
+      <c r="AC19" s="65"/>
       <c r="AD19" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE19" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF19" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG19" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH19" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI19" s="49" t="s">
+      <c r="AI19" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ19" s="50"/>
-[...2 lines deleted...]
-      <c r="AM19" s="51"/>
+      <c r="AJ19" s="64"/>
+      <c r="AK19" s="64"/>
+      <c r="AL19" s="64"/>
+      <c r="AM19" s="65"/>
     </row>
     <row r="20" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C20" s="12"/>
       <c r="D20" s="12"/>
       <c r="E20" s="12"/>
       <c r="F20" s="12"/>
       <c r="G20" s="12"/>
       <c r="H20" s="12"/>
       <c r="I20" s="12"/>
       <c r="J20" s="12"/>
       <c r="K20" s="12"/>
       <c r="L20" s="12"/>
       <c r="M20" s="12"/>
       <c r="N20" s="12"/>
       <c r="O20" s="12"/>
       <c r="P20" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q20" s="69"/>
-[...9 lines deleted...]
-      <c r="AA20" s="55">
+      <c r="Q20" s="53"/>
+      <c r="R20" s="53"/>
+      <c r="S20" s="53"/>
+      <c r="T20" s="53"/>
+      <c r="U20" s="54"/>
+      <c r="V20" s="66"/>
+      <c r="W20" s="67"/>
+      <c r="X20" s="67"/>
+      <c r="Y20" s="67"/>
+      <c r="Z20" s="68"/>
+      <c r="AA20" s="57">
         <v>1</v>
       </c>
-      <c r="AB20" s="56"/>
-      <c r="AC20" s="57"/>
+      <c r="AB20" s="58"/>
+      <c r="AC20" s="59"/>
       <c r="AD20" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE20" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF20" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG20" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH20" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI20" s="55" t="s">
+      <c r="AI20" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ20" s="56"/>
-[...2 lines deleted...]
-      <c r="AM20" s="57"/>
+      <c r="AJ20" s="58"/>
+      <c r="AK20" s="58"/>
+      <c r="AL20" s="58"/>
+      <c r="AM20" s="59"/>
     </row>
     <row r="21" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="16"/>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="17"/>
       <c r="J21" s="17"/>
       <c r="K21" s="17"/>
       <c r="L21" s="17"/>
       <c r="M21" s="17"/>
       <c r="N21" s="17"/>
       <c r="O21" s="17"/>
       <c r="P21" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q21" s="73"/>
-[...3 lines deleted...]
-      <c r="U21" s="74"/>
+      <c r="Q21" s="51"/>
+      <c r="R21" s="51"/>
+      <c r="S21" s="51"/>
+      <c r="T21" s="51"/>
+      <c r="U21" s="52"/>
       <c r="V21" s="16"/>
       <c r="W21" s="17"/>
       <c r="X21" s="17"/>
       <c r="Y21" s="17"/>
       <c r="Z21" s="18"/>
-      <c r="AA21" s="49">
+      <c r="AA21" s="63">
         <v>4</v>
       </c>
-      <c r="AB21" s="50"/>
-      <c r="AC21" s="51"/>
+      <c r="AB21" s="64"/>
+      <c r="AC21" s="65"/>
       <c r="AD21" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE21" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF21" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG21" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH21" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI21" s="49" t="s">
+      <c r="AI21" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ21" s="50"/>
-[...2 lines deleted...]
-      <c r="AM21" s="51"/>
+      <c r="AJ21" s="64"/>
+      <c r="AK21" s="64"/>
+      <c r="AL21" s="64"/>
+      <c r="AM21" s="65"/>
     </row>
     <row r="23" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="25" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B26" s="61" t="s">
+      <c r="B26" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="C26" s="61"/>
-[...12 lines deleted...]
-      <c r="P26" s="61" t="s">
+      <c r="C26" s="55"/>
+      <c r="D26" s="55"/>
+      <c r="E26" s="55"/>
+      <c r="F26" s="55"/>
+      <c r="G26" s="55"/>
+      <c r="H26" s="55"/>
+      <c r="I26" s="55"/>
+      <c r="J26" s="55"/>
+      <c r="K26" s="55"/>
+      <c r="L26" s="55"/>
+      <c r="M26" s="55"/>
+      <c r="N26" s="55"/>
+      <c r="O26" s="55"/>
+      <c r="P26" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="Q26" s="61"/>
-[...9 lines deleted...]
-      <c r="AA26" s="61" t="s">
+      <c r="Q26" s="55"/>
+      <c r="R26" s="55"/>
+      <c r="S26" s="55"/>
+      <c r="T26" s="55"/>
+      <c r="U26" s="55"/>
+      <c r="V26" s="55"/>
+      <c r="W26" s="55"/>
+      <c r="X26" s="55"/>
+      <c r="Y26" s="55"/>
+      <c r="Z26" s="55"/>
+      <c r="AA26" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="AB26" s="61"/>
-[...10 lines deleted...]
-      <c r="AM26" s="61"/>
+      <c r="AB26" s="55"/>
+      <c r="AC26" s="55"/>
+      <c r="AD26" s="55"/>
+      <c r="AE26" s="55"/>
+      <c r="AF26" s="55"/>
+      <c r="AG26" s="55"/>
+      <c r="AH26" s="55"/>
+      <c r="AI26" s="55"/>
+      <c r="AJ26" s="55"/>
+      <c r="AK26" s="55"/>
+      <c r="AL26" s="55"/>
+      <c r="AM26" s="55"/>
       <c r="AP26" s="30"/>
     </row>
     <row r="27" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B27" s="61"/>
-[...13 lines deleted...]
-      <c r="P27" s="61" t="s">
+      <c r="B27" s="55"/>
+      <c r="C27" s="55"/>
+      <c r="D27" s="55"/>
+      <c r="E27" s="55"/>
+      <c r="F27" s="55"/>
+      <c r="G27" s="55"/>
+      <c r="H27" s="55"/>
+      <c r="I27" s="55"/>
+      <c r="J27" s="55"/>
+      <c r="K27" s="55"/>
+      <c r="L27" s="55"/>
+      <c r="M27" s="55"/>
+      <c r="N27" s="55"/>
+      <c r="O27" s="55"/>
+      <c r="P27" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="Q27" s="61"/>
-[...4 lines deleted...]
-      <c r="V27" s="61" t="s">
+      <c r="Q27" s="55"/>
+      <c r="R27" s="55"/>
+      <c r="S27" s="55"/>
+      <c r="T27" s="55"/>
+      <c r="U27" s="55"/>
+      <c r="V27" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="W27" s="61"/>
-[...2 lines deleted...]
-      <c r="Z27" s="61"/>
+      <c r="W27" s="55"/>
+      <c r="X27" s="55"/>
+      <c r="Y27" s="55"/>
+      <c r="Z27" s="55"/>
       <c r="AA27" s="60" t="s">
         <v>22</v>
       </c>
-      <c r="AB27" s="61"/>
-[...1 lines deleted...]
-      <c r="AD27" s="61" t="s">
+      <c r="AB27" s="55"/>
+      <c r="AC27" s="55"/>
+      <c r="AD27" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="AE27" s="61"/>
-[...2 lines deleted...]
-      <c r="AH27" s="61"/>
+      <c r="AE27" s="55"/>
+      <c r="AF27" s="55"/>
+      <c r="AG27" s="55"/>
+      <c r="AH27" s="55"/>
       <c r="AI27" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="AJ27" s="61"/>
-[...2 lines deleted...]
-      <c r="AM27" s="61"/>
+      <c r="AJ27" s="55"/>
+      <c r="AK27" s="55"/>
+      <c r="AL27" s="55"/>
+      <c r="AM27" s="55"/>
       <c r="AP27" s="30"/>
     </row>
     <row r="28" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="61"/>
-[...36 lines deleted...]
-      <c r="AM28" s="61"/>
+      <c r="B28" s="55"/>
+      <c r="C28" s="55"/>
+      <c r="D28" s="55"/>
+      <c r="E28" s="55"/>
+      <c r="F28" s="55"/>
+      <c r="G28" s="55"/>
+      <c r="H28" s="55"/>
+      <c r="I28" s="55"/>
+      <c r="J28" s="55"/>
+      <c r="K28" s="55"/>
+      <c r="L28" s="55"/>
+      <c r="M28" s="55"/>
+      <c r="N28" s="55"/>
+      <c r="O28" s="55"/>
+      <c r="P28" s="55"/>
+      <c r="Q28" s="55"/>
+      <c r="R28" s="55"/>
+      <c r="S28" s="55"/>
+      <c r="T28" s="55"/>
+      <c r="U28" s="55"/>
+      <c r="V28" s="55"/>
+      <c r="W28" s="55"/>
+      <c r="X28" s="55"/>
+      <c r="Y28" s="55"/>
+      <c r="Z28" s="55"/>
+      <c r="AA28" s="55"/>
+      <c r="AB28" s="55"/>
+      <c r="AC28" s="55"/>
+      <c r="AD28" s="55"/>
+      <c r="AE28" s="55"/>
+      <c r="AF28" s="55"/>
+      <c r="AG28" s="55"/>
+      <c r="AH28" s="55"/>
+      <c r="AI28" s="55"/>
+      <c r="AJ28" s="55"/>
+      <c r="AK28" s="55"/>
+      <c r="AL28" s="55"/>
+      <c r="AM28" s="55"/>
     </row>
     <row r="29" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="11" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="C29" s="12"/>
       <c r="D29" s="12"/>
       <c r="E29" s="12"/>
       <c r="F29" s="12"/>
       <c r="G29" s="12"/>
       <c r="H29" s="12"/>
       <c r="I29" s="12"/>
       <c r="J29" s="12"/>
       <c r="K29" s="12"/>
       <c r="L29" s="12"/>
       <c r="M29" s="12"/>
       <c r="N29" s="12"/>
       <c r="O29" s="12"/>
       <c r="P29" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q29" s="69"/>
-[...9 lines deleted...]
-      <c r="AA29" s="55">
+      <c r="Q29" s="53"/>
+      <c r="R29" s="53"/>
+      <c r="S29" s="53"/>
+      <c r="T29" s="53"/>
+      <c r="U29" s="54"/>
+      <c r="V29" s="66"/>
+      <c r="W29" s="67"/>
+      <c r="X29" s="67"/>
+      <c r="Y29" s="67"/>
+      <c r="Z29" s="68"/>
+      <c r="AA29" s="57">
         <v>1</v>
       </c>
-      <c r="AB29" s="56"/>
-      <c r="AC29" s="57"/>
+      <c r="AB29" s="58"/>
+      <c r="AC29" s="59"/>
       <c r="AD29" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE29" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF29" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG29" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH29" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI29" s="55" t="s">
+      <c r="AI29" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ29" s="56"/>
-[...2 lines deleted...]
-      <c r="AM29" s="57"/>
+      <c r="AJ29" s="58"/>
+      <c r="AK29" s="58"/>
+      <c r="AL29" s="58"/>
+      <c r="AM29" s="59"/>
     </row>
     <row r="30" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B30" s="14"/>
+      <c r="B30" s="14" t="s">
+        <v>95</v>
+      </c>
       <c r="P30" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q30" s="75"/>
-[...3 lines deleted...]
-      <c r="U30" s="72"/>
+      <c r="Q30" s="49"/>
+      <c r="R30" s="49"/>
+      <c r="S30" s="49"/>
+      <c r="T30" s="49"/>
+      <c r="U30" s="50"/>
       <c r="V30" s="14"/>
       <c r="Z30" s="15"/>
-      <c r="AA30" s="58">
+      <c r="AA30" s="61">
         <v>2</v>
       </c>
-      <c r="AB30" s="47"/>
-      <c r="AC30" s="59"/>
+      <c r="AB30" s="43"/>
+      <c r="AC30" s="62"/>
       <c r="AD30" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF30" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG30" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH30" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI30" s="58" t="s">
+      <c r="AI30" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ30" s="47"/>
-[...2 lines deleted...]
-      <c r="AM30" s="59"/>
+      <c r="AJ30" s="43"/>
+      <c r="AK30" s="43"/>
+      <c r="AL30" s="43"/>
+      <c r="AM30" s="62"/>
     </row>
     <row r="31" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="14"/>
       <c r="P31" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="Q31" s="75"/>
-[...3 lines deleted...]
-      <c r="U31" s="72"/>
+      <c r="Q31" s="49"/>
+      <c r="R31" s="49"/>
+      <c r="S31" s="49"/>
+      <c r="T31" s="49"/>
+      <c r="U31" s="50"/>
       <c r="V31" s="14"/>
       <c r="Z31" s="15"/>
-      <c r="AA31" s="58">
+      <c r="AA31" s="61">
         <v>3</v>
       </c>
-      <c r="AB31" s="47"/>
-      <c r="AC31" s="59"/>
+      <c r="AB31" s="43"/>
+      <c r="AC31" s="62"/>
       <c r="AD31" s="26" t="s">
         <v>38</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AG31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AH31" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="AI31" s="58" t="s">
+      <c r="AI31" s="61" t="s">
         <v>37</v>
       </c>
-      <c r="AJ31" s="47"/>
-[...2 lines deleted...]
-      <c r="AM31" s="59"/>
+      <c r="AJ31" s="43"/>
+      <c r="AK31" s="43"/>
+      <c r="AL31" s="43"/>
+      <c r="AM31" s="62"/>
     </row>
     <row r="32" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="16"/>
       <c r="C32" s="17"/>
       <c r="D32" s="17"/>
       <c r="E32" s="17"/>
       <c r="F32" s="17"/>
       <c r="G32" s="17"/>
       <c r="H32" s="17"/>
       <c r="I32" s="17"/>
       <c r="J32" s="17"/>
       <c r="K32" s="17"/>
       <c r="L32" s="17"/>
       <c r="M32" s="17"/>
       <c r="N32" s="17"/>
       <c r="O32" s="17"/>
       <c r="P32" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q32" s="73"/>
-[...3 lines deleted...]
-      <c r="U32" s="74"/>
+      <c r="Q32" s="51"/>
+      <c r="R32" s="51"/>
+      <c r="S32" s="51"/>
+      <c r="T32" s="51"/>
+      <c r="U32" s="52"/>
       <c r="V32" s="16"/>
       <c r="W32" s="17"/>
       <c r="X32" s="17"/>
       <c r="Y32" s="17"/>
       <c r="Z32" s="18"/>
-      <c r="AA32" s="49">
+      <c r="AA32" s="63">
         <v>4</v>
       </c>
-      <c r="AB32" s="50"/>
-      <c r="AC32" s="51"/>
+      <c r="AB32" s="64"/>
+      <c r="AC32" s="65"/>
       <c r="AD32" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE32" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF32" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG32" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH32" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI32" s="49" t="s">
+      <c r="AI32" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ32" s="50"/>
-[...2 lines deleted...]
-      <c r="AM32" s="51"/>
+      <c r="AJ32" s="64"/>
+      <c r="AK32" s="64"/>
+      <c r="AL32" s="64"/>
+      <c r="AM32" s="65"/>
     </row>
     <row r="34" spans="2:42" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="35" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B35" s="61" t="s">
+      <c r="B35" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="C35" s="61"/>
-[...12 lines deleted...]
-      <c r="P35" s="61" t="s">
+      <c r="C35" s="55"/>
+      <c r="D35" s="55"/>
+      <c r="E35" s="55"/>
+      <c r="F35" s="55"/>
+      <c r="G35" s="55"/>
+      <c r="H35" s="55"/>
+      <c r="I35" s="55"/>
+      <c r="J35" s="55"/>
+      <c r="K35" s="55"/>
+      <c r="L35" s="55"/>
+      <c r="M35" s="55"/>
+      <c r="N35" s="55"/>
+      <c r="O35" s="55"/>
+      <c r="P35" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="Q35" s="61"/>
-[...9 lines deleted...]
-      <c r="AA35" s="61" t="s">
+      <c r="Q35" s="55"/>
+      <c r="R35" s="55"/>
+      <c r="S35" s="55"/>
+      <c r="T35" s="55"/>
+      <c r="U35" s="55"/>
+      <c r="V35" s="55"/>
+      <c r="W35" s="55"/>
+      <c r="X35" s="55"/>
+      <c r="Y35" s="55"/>
+      <c r="Z35" s="55"/>
+      <c r="AA35" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="AB35" s="61"/>
-[...10 lines deleted...]
-      <c r="AM35" s="61"/>
+      <c r="AB35" s="55"/>
+      <c r="AC35" s="55"/>
+      <c r="AD35" s="55"/>
+      <c r="AE35" s="55"/>
+      <c r="AF35" s="55"/>
+      <c r="AG35" s="55"/>
+      <c r="AH35" s="55"/>
+      <c r="AI35" s="55"/>
+      <c r="AJ35" s="55"/>
+      <c r="AK35" s="55"/>
+      <c r="AL35" s="55"/>
+      <c r="AM35" s="55"/>
       <c r="AP35" s="30"/>
     </row>
     <row r="36" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="61"/>
-[...13 lines deleted...]
-      <c r="P36" s="61" t="s">
+      <c r="B36" s="55"/>
+      <c r="C36" s="55"/>
+      <c r="D36" s="55"/>
+      <c r="E36" s="55"/>
+      <c r="F36" s="55"/>
+      <c r="G36" s="55"/>
+      <c r="H36" s="55"/>
+      <c r="I36" s="55"/>
+      <c r="J36" s="55"/>
+      <c r="K36" s="55"/>
+      <c r="L36" s="55"/>
+      <c r="M36" s="55"/>
+      <c r="N36" s="55"/>
+      <c r="O36" s="55"/>
+      <c r="P36" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="Q36" s="61"/>
-[...4 lines deleted...]
-      <c r="V36" s="61" t="s">
+      <c r="Q36" s="55"/>
+      <c r="R36" s="55"/>
+      <c r="S36" s="55"/>
+      <c r="T36" s="55"/>
+      <c r="U36" s="55"/>
+      <c r="V36" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="W36" s="61"/>
-[...2 lines deleted...]
-      <c r="Z36" s="61"/>
+      <c r="W36" s="55"/>
+      <c r="X36" s="55"/>
+      <c r="Y36" s="55"/>
+      <c r="Z36" s="55"/>
       <c r="AA36" s="60" t="s">
         <v>22</v>
       </c>
-      <c r="AB36" s="61"/>
-[...1 lines deleted...]
-      <c r="AD36" s="61" t="s">
+      <c r="AB36" s="55"/>
+      <c r="AC36" s="55"/>
+      <c r="AD36" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="AE36" s="61"/>
-[...2 lines deleted...]
-      <c r="AH36" s="61"/>
+      <c r="AE36" s="55"/>
+      <c r="AF36" s="55"/>
+      <c r="AG36" s="55"/>
+      <c r="AH36" s="55"/>
       <c r="AI36" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="AJ36" s="61"/>
-[...2 lines deleted...]
-      <c r="AM36" s="61"/>
+      <c r="AJ36" s="55"/>
+      <c r="AK36" s="55"/>
+      <c r="AL36" s="55"/>
+      <c r="AM36" s="55"/>
       <c r="AP36" s="30"/>
     </row>
     <row r="37" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B37" s="61"/>
-[...36 lines deleted...]
-      <c r="AM37" s="61"/>
+      <c r="B37" s="55"/>
+      <c r="C37" s="55"/>
+      <c r="D37" s="55"/>
+      <c r="E37" s="55"/>
+      <c r="F37" s="55"/>
+      <c r="G37" s="55"/>
+      <c r="H37" s="55"/>
+      <c r="I37" s="55"/>
+      <c r="J37" s="55"/>
+      <c r="K37" s="55"/>
+      <c r="L37" s="55"/>
+      <c r="M37" s="55"/>
+      <c r="N37" s="55"/>
+      <c r="O37" s="55"/>
+      <c r="P37" s="55"/>
+      <c r="Q37" s="55"/>
+      <c r="R37" s="55"/>
+      <c r="S37" s="55"/>
+      <c r="T37" s="55"/>
+      <c r="U37" s="55"/>
+      <c r="V37" s="55"/>
+      <c r="W37" s="55"/>
+      <c r="X37" s="55"/>
+      <c r="Y37" s="55"/>
+      <c r="Z37" s="55"/>
+      <c r="AA37" s="55"/>
+      <c r="AB37" s="55"/>
+      <c r="AC37" s="55"/>
+      <c r="AD37" s="55"/>
+      <c r="AE37" s="55"/>
+      <c r="AF37" s="55"/>
+      <c r="AG37" s="55"/>
+      <c r="AH37" s="55"/>
+      <c r="AI37" s="55"/>
+      <c r="AJ37" s="55"/>
+      <c r="AK37" s="55"/>
+      <c r="AL37" s="55"/>
+      <c r="AM37" s="55"/>
     </row>
     <row r="38" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="12"/>
       <c r="D38" s="12"/>
       <c r="E38" s="12"/>
       <c r="F38" s="12"/>
       <c r="G38" s="12"/>
       <c r="H38" s="12"/>
       <c r="I38" s="12"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
       <c r="L38" s="12"/>
       <c r="M38" s="12"/>
       <c r="N38" s="12"/>
       <c r="O38" s="12"/>
       <c r="P38" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q38" s="69"/>
-[...9 lines deleted...]
-      <c r="AA38" s="55">
+      <c r="Q38" s="53"/>
+      <c r="R38" s="53"/>
+      <c r="S38" s="53"/>
+      <c r="T38" s="53"/>
+      <c r="U38" s="54"/>
+      <c r="V38" s="66"/>
+      <c r="W38" s="67"/>
+      <c r="X38" s="67"/>
+      <c r="Y38" s="67"/>
+      <c r="Z38" s="68"/>
+      <c r="AA38" s="57">
         <v>1</v>
       </c>
-      <c r="AB38" s="56"/>
-      <c r="AC38" s="57"/>
+      <c r="AB38" s="58"/>
+      <c r="AC38" s="59"/>
       <c r="AD38" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE38" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF38" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG38" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH38" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI38" s="55" t="s">
+      <c r="AI38" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ38" s="56"/>
-[...2 lines deleted...]
-      <c r="AM38" s="57"/>
+      <c r="AJ38" s="58"/>
+      <c r="AK38" s="58"/>
+      <c r="AL38" s="58"/>
+      <c r="AM38" s="59"/>
     </row>
     <row r="39" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="16"/>
       <c r="C39" s="17"/>
       <c r="D39" s="17"/>
       <c r="E39" s="17"/>
       <c r="F39" s="17"/>
       <c r="G39" s="17"/>
       <c r="H39" s="17"/>
       <c r="I39" s="17"/>
       <c r="J39" s="17"/>
       <c r="K39" s="17"/>
       <c r="L39" s="17"/>
       <c r="M39" s="17"/>
       <c r="N39" s="17"/>
       <c r="O39" s="17"/>
       <c r="P39" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q39" s="73"/>
-[...3 lines deleted...]
-      <c r="U39" s="74"/>
+      <c r="Q39" s="51"/>
+      <c r="R39" s="51"/>
+      <c r="S39" s="51"/>
+      <c r="T39" s="51"/>
+      <c r="U39" s="52"/>
       <c r="V39" s="16"/>
       <c r="W39" s="17"/>
       <c r="X39" s="17"/>
       <c r="Y39" s="17"/>
       <c r="Z39" s="18"/>
-      <c r="AA39" s="49">
+      <c r="AA39" s="63">
         <v>4</v>
       </c>
-      <c r="AB39" s="50"/>
-      <c r="AC39" s="51"/>
+      <c r="AB39" s="64"/>
+      <c r="AC39" s="65"/>
       <c r="AD39" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE39" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF39" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG39" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH39" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI39" s="49" t="s">
+      <c r="AI39" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ39" s="50"/>
-[...2 lines deleted...]
-      <c r="AM39" s="51"/>
+      <c r="AJ39" s="64"/>
+      <c r="AK39" s="64"/>
+      <c r="AL39" s="64"/>
+      <c r="AM39" s="65"/>
     </row>
     <row r="40" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="11" t="s">
         <v>46</v>
       </c>
       <c r="C40" s="12"/>
       <c r="D40" s="12"/>
       <c r="E40" s="12"/>
       <c r="F40" s="12"/>
       <c r="G40" s="12"/>
       <c r="H40" s="12"/>
       <c r="I40" s="12"/>
       <c r="J40" s="12"/>
       <c r="K40" s="12"/>
       <c r="L40" s="12"/>
       <c r="M40" s="12"/>
       <c r="N40" s="12"/>
       <c r="O40" s="12"/>
       <c r="P40" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q40" s="69"/>
-[...9 lines deleted...]
-      <c r="AA40" s="55">
+      <c r="Q40" s="53"/>
+      <c r="R40" s="53"/>
+      <c r="S40" s="53"/>
+      <c r="T40" s="53"/>
+      <c r="U40" s="54"/>
+      <c r="V40" s="66"/>
+      <c r="W40" s="67"/>
+      <c r="X40" s="67"/>
+      <c r="Y40" s="67"/>
+      <c r="Z40" s="68"/>
+      <c r="AA40" s="57">
         <v>1</v>
       </c>
-      <c r="AB40" s="56"/>
-      <c r="AC40" s="57"/>
+      <c r="AB40" s="58"/>
+      <c r="AC40" s="59"/>
       <c r="AD40" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE40" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF40" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG40" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH40" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI40" s="55" t="s">
+      <c r="AI40" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ40" s="56"/>
-[...2 lines deleted...]
-      <c r="AM40" s="57"/>
+      <c r="AJ40" s="58"/>
+      <c r="AK40" s="58"/>
+      <c r="AL40" s="58"/>
+      <c r="AM40" s="59"/>
     </row>
     <row r="41" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B41" s="16"/>
       <c r="C41" s="17"/>
       <c r="D41" s="17"/>
       <c r="E41" s="17"/>
       <c r="F41" s="17"/>
       <c r="G41" s="17"/>
       <c r="H41" s="17"/>
       <c r="I41" s="17"/>
       <c r="J41" s="17"/>
       <c r="K41" s="17"/>
       <c r="L41" s="17"/>
       <c r="M41" s="17"/>
       <c r="N41" s="17"/>
       <c r="O41" s="17"/>
       <c r="P41" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q41" s="73"/>
-[...3 lines deleted...]
-      <c r="U41" s="74"/>
+      <c r="Q41" s="51"/>
+      <c r="R41" s="51"/>
+      <c r="S41" s="51"/>
+      <c r="T41" s="51"/>
+      <c r="U41" s="52"/>
       <c r="V41" s="16"/>
       <c r="W41" s="17"/>
       <c r="X41" s="17"/>
       <c r="Y41" s="17"/>
       <c r="Z41" s="18"/>
-      <c r="AA41" s="49">
+      <c r="AA41" s="63">
         <v>4</v>
       </c>
-      <c r="AB41" s="50"/>
-      <c r="AC41" s="51"/>
+      <c r="AB41" s="64"/>
+      <c r="AC41" s="65"/>
       <c r="AD41" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE41" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF41" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG41" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH41" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI41" s="49" t="s">
+      <c r="AI41" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ41" s="50"/>
-[...2 lines deleted...]
-      <c r="AM41" s="51"/>
+      <c r="AJ41" s="64"/>
+      <c r="AK41" s="64"/>
+      <c r="AL41" s="64"/>
+      <c r="AM41" s="65"/>
     </row>
     <row r="42" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B42" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C42" s="12"/>
       <c r="D42" s="12"/>
       <c r="E42" s="12"/>
       <c r="F42" s="12"/>
       <c r="G42" s="12"/>
       <c r="H42" s="12"/>
       <c r="I42" s="12"/>
       <c r="J42" s="12"/>
       <c r="K42" s="12"/>
       <c r="L42" s="12"/>
       <c r="M42" s="12"/>
       <c r="N42" s="12"/>
       <c r="O42" s="12"/>
       <c r="P42" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q42" s="69"/>
-[...9 lines deleted...]
-      <c r="AA42" s="55">
+      <c r="Q42" s="53"/>
+      <c r="R42" s="53"/>
+      <c r="S42" s="53"/>
+      <c r="T42" s="53"/>
+      <c r="U42" s="54"/>
+      <c r="V42" s="66"/>
+      <c r="W42" s="67"/>
+      <c r="X42" s="67"/>
+      <c r="Y42" s="67"/>
+      <c r="Z42" s="68"/>
+      <c r="AA42" s="57">
         <v>1</v>
       </c>
-      <c r="AB42" s="56"/>
-      <c r="AC42" s="57"/>
+      <c r="AB42" s="58"/>
+      <c r="AC42" s="59"/>
       <c r="AD42" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE42" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF42" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG42" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH42" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI42" s="55" t="s">
+      <c r="AI42" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ42" s="56"/>
-[...2 lines deleted...]
-      <c r="AM42" s="57"/>
+      <c r="AJ42" s="58"/>
+      <c r="AK42" s="58"/>
+      <c r="AL42" s="58"/>
+      <c r="AM42" s="59"/>
     </row>
     <row r="43" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B43" s="16"/>
       <c r="C43" s="17"/>
       <c r="D43" s="17"/>
       <c r="E43" s="17"/>
       <c r="F43" s="17"/>
       <c r="G43" s="17"/>
       <c r="H43" s="17"/>
       <c r="I43" s="17"/>
       <c r="J43" s="17"/>
       <c r="K43" s="17"/>
       <c r="L43" s="17"/>
       <c r="M43" s="17"/>
       <c r="N43" s="17"/>
       <c r="O43" s="17"/>
       <c r="P43" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q43" s="73"/>
-[...3 lines deleted...]
-      <c r="U43" s="74"/>
+      <c r="Q43" s="51"/>
+      <c r="R43" s="51"/>
+      <c r="S43" s="51"/>
+      <c r="T43" s="51"/>
+      <c r="U43" s="52"/>
       <c r="V43" s="16"/>
       <c r="W43" s="17"/>
       <c r="X43" s="17"/>
       <c r="Y43" s="17"/>
       <c r="Z43" s="18"/>
-      <c r="AA43" s="49">
+      <c r="AA43" s="63">
         <v>4</v>
       </c>
-      <c r="AB43" s="50"/>
-      <c r="AC43" s="51"/>
+      <c r="AB43" s="64"/>
+      <c r="AC43" s="65"/>
       <c r="AD43" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE43" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF43" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG43" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH43" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI43" s="49" t="s">
+      <c r="AI43" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ43" s="50"/>
-[...2 lines deleted...]
-      <c r="AM43" s="51"/>
+      <c r="AJ43" s="64"/>
+      <c r="AK43" s="64"/>
+      <c r="AL43" s="64"/>
+      <c r="AM43" s="65"/>
     </row>
     <row r="44" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="11" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="12"/>
       <c r="D44" s="12"/>
       <c r="E44" s="12"/>
       <c r="F44" s="12"/>
       <c r="G44" s="12"/>
       <c r="H44" s="12"/>
       <c r="I44" s="12"/>
       <c r="J44" s="12"/>
       <c r="K44" s="12"/>
       <c r="L44" s="12"/>
       <c r="M44" s="12"/>
       <c r="N44" s="12"/>
       <c r="O44" s="12"/>
       <c r="P44" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q44" s="69"/>
-[...9 lines deleted...]
-      <c r="AA44" s="55">
+      <c r="Q44" s="53"/>
+      <c r="R44" s="53"/>
+      <c r="S44" s="53"/>
+      <c r="T44" s="53"/>
+      <c r="U44" s="54"/>
+      <c r="V44" s="66"/>
+      <c r="W44" s="67"/>
+      <c r="X44" s="67"/>
+      <c r="Y44" s="67"/>
+      <c r="Z44" s="68"/>
+      <c r="AA44" s="57">
         <v>1</v>
       </c>
-      <c r="AB44" s="56"/>
-      <c r="AC44" s="57"/>
+      <c r="AB44" s="58"/>
+      <c r="AC44" s="59"/>
       <c r="AD44" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE44" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF44" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG44" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH44" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI44" s="55" t="s">
+      <c r="AI44" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ44" s="56"/>
-[...2 lines deleted...]
-      <c r="AM44" s="57"/>
+      <c r="AJ44" s="58"/>
+      <c r="AK44" s="58"/>
+      <c r="AL44" s="58"/>
+      <c r="AM44" s="59"/>
     </row>
     <row r="45" spans="2:42" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B45" s="16"/>
       <c r="C45" s="17"/>
       <c r="D45" s="17"/>
       <c r="E45" s="17"/>
       <c r="F45" s="17"/>
       <c r="G45" s="17"/>
       <c r="H45" s="17"/>
       <c r="I45" s="17"/>
       <c r="J45" s="17"/>
       <c r="K45" s="17"/>
       <c r="L45" s="17"/>
       <c r="M45" s="17"/>
       <c r="N45" s="17"/>
       <c r="O45" s="17"/>
       <c r="P45" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q45" s="73"/>
-[...3 lines deleted...]
-      <c r="U45" s="74"/>
+      <c r="Q45" s="51"/>
+      <c r="R45" s="51"/>
+      <c r="S45" s="51"/>
+      <c r="T45" s="51"/>
+      <c r="U45" s="52"/>
       <c r="V45" s="16"/>
       <c r="W45" s="17"/>
       <c r="X45" s="17"/>
       <c r="Y45" s="17"/>
       <c r="Z45" s="18"/>
-      <c r="AA45" s="49">
+      <c r="AA45" s="63">
         <v>4</v>
       </c>
-      <c r="AB45" s="50"/>
-      <c r="AC45" s="51"/>
+      <c r="AB45" s="64"/>
+      <c r="AC45" s="65"/>
       <c r="AD45" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE45" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF45" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG45" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH45" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI45" s="49" t="s">
+      <c r="AI45" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ45" s="50"/>
-[...2 lines deleted...]
-      <c r="AM45" s="51"/>
+      <c r="AJ45" s="64"/>
+      <c r="AK45" s="64"/>
+      <c r="AL45" s="64"/>
+      <c r="AM45" s="65"/>
     </row>
     <row r="46" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="AM46" s="31"/>
     </row>
     <row r="47" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="AM47" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="121">
-    <mergeCell ref="Q45:U45"/>
-[...18 lines deleted...]
-    <mergeCell ref="Q18:U18"/>
+    <mergeCell ref="V44:Z44"/>
+    <mergeCell ref="AA44:AC44"/>
+    <mergeCell ref="AI44:AM44"/>
+    <mergeCell ref="AA45:AC45"/>
+    <mergeCell ref="AI45:AM45"/>
+    <mergeCell ref="B35:O37"/>
+    <mergeCell ref="P35:Z35"/>
+    <mergeCell ref="AA35:AM35"/>
+    <mergeCell ref="P36:U37"/>
+    <mergeCell ref="V36:Z37"/>
+    <mergeCell ref="AA36:AC37"/>
+    <mergeCell ref="AD36:AH37"/>
+    <mergeCell ref="AI36:AM37"/>
+    <mergeCell ref="AA43:AC43"/>
+    <mergeCell ref="AI43:AM43"/>
+    <mergeCell ref="V38:Z38"/>
+    <mergeCell ref="AA38:AC38"/>
+    <mergeCell ref="AI38:AM38"/>
+    <mergeCell ref="AA39:AC39"/>
+    <mergeCell ref="AI39:AM39"/>
+    <mergeCell ref="V40:Z40"/>
+    <mergeCell ref="AA40:AC40"/>
+    <mergeCell ref="AI40:AM40"/>
+    <mergeCell ref="AA41:AC41"/>
+    <mergeCell ref="AI41:AM41"/>
+    <mergeCell ref="V42:Z42"/>
+    <mergeCell ref="AA42:AC42"/>
+    <mergeCell ref="AI42:AM42"/>
+    <mergeCell ref="V29:Z29"/>
+    <mergeCell ref="AA29:AC29"/>
+    <mergeCell ref="AI29:AM29"/>
+    <mergeCell ref="AA32:AC32"/>
+    <mergeCell ref="AI32:AM32"/>
+    <mergeCell ref="AA30:AC30"/>
+    <mergeCell ref="AA31:AC31"/>
+    <mergeCell ref="AI30:AM30"/>
+    <mergeCell ref="AI31:AM31"/>
+    <mergeCell ref="AA21:AC21"/>
+    <mergeCell ref="AI21:AM21"/>
+    <mergeCell ref="B26:O28"/>
+    <mergeCell ref="P26:Z26"/>
+    <mergeCell ref="AA26:AM26"/>
+    <mergeCell ref="P27:U28"/>
+    <mergeCell ref="V27:Z28"/>
+    <mergeCell ref="AA27:AC28"/>
+    <mergeCell ref="AD27:AH28"/>
+    <mergeCell ref="AI27:AM28"/>
+    <mergeCell ref="V20:Z20"/>
+    <mergeCell ref="AA20:AC20"/>
+    <mergeCell ref="AI20:AM20"/>
+    <mergeCell ref="AA15:AC15"/>
+    <mergeCell ref="AI15:AM15"/>
+    <mergeCell ref="V16:Z16"/>
+    <mergeCell ref="AA16:AC16"/>
+    <mergeCell ref="AI16:AM16"/>
+    <mergeCell ref="AA17:AC17"/>
+    <mergeCell ref="AI17:AM17"/>
+    <mergeCell ref="V18:Z18"/>
+    <mergeCell ref="AA18:AC18"/>
+    <mergeCell ref="AI18:AM18"/>
+    <mergeCell ref="AA19:AC19"/>
+    <mergeCell ref="AI19:AM19"/>
+    <mergeCell ref="V14:Z14"/>
+    <mergeCell ref="AA14:AC14"/>
+    <mergeCell ref="AI14:AM14"/>
+    <mergeCell ref="AA9:AC9"/>
+    <mergeCell ref="AI9:AM9"/>
+    <mergeCell ref="V10:Z10"/>
+    <mergeCell ref="AA10:AC10"/>
+    <mergeCell ref="AI10:AM10"/>
+    <mergeCell ref="AA11:AC11"/>
+    <mergeCell ref="AI11:AM11"/>
+    <mergeCell ref="V12:Z12"/>
+    <mergeCell ref="AA12:AC12"/>
+    <mergeCell ref="AI12:AM12"/>
+    <mergeCell ref="AA13:AC13"/>
+    <mergeCell ref="AI13:AM13"/>
     <mergeCell ref="Q9:U9"/>
     <mergeCell ref="Q10:U10"/>
     <mergeCell ref="Q11:U11"/>
     <mergeCell ref="Q12:U12"/>
     <mergeCell ref="Q13:U13"/>
     <mergeCell ref="V8:Z8"/>
     <mergeCell ref="AA8:AC8"/>
     <mergeCell ref="AI8:AM8"/>
     <mergeCell ref="B3:O5"/>
     <mergeCell ref="P3:Z3"/>
     <mergeCell ref="AA3:AM3"/>
     <mergeCell ref="P4:U5"/>
     <mergeCell ref="V4:Z5"/>
     <mergeCell ref="AA4:AC5"/>
     <mergeCell ref="AD4:AH5"/>
     <mergeCell ref="AI4:AM5"/>
     <mergeCell ref="Q6:U6"/>
     <mergeCell ref="Q7:U7"/>
     <mergeCell ref="Q8:U8"/>
     <mergeCell ref="V6:Z6"/>
     <mergeCell ref="AA6:AC6"/>
     <mergeCell ref="AI6:AM6"/>
     <mergeCell ref="AA7:AC7"/>
     <mergeCell ref="AI7:AM7"/>
-    <mergeCell ref="V14:Z14"/>
-[...75 lines deleted...]
-    <mergeCell ref="AI45:AM45"/>
+    <mergeCell ref="Q19:U19"/>
+    <mergeCell ref="Q20:U20"/>
+    <mergeCell ref="Q21:U21"/>
+    <mergeCell ref="Q38:U38"/>
+    <mergeCell ref="Q39:U39"/>
+    <mergeCell ref="Q14:U14"/>
+    <mergeCell ref="Q15:U15"/>
+    <mergeCell ref="Q16:U16"/>
+    <mergeCell ref="Q17:U17"/>
+    <mergeCell ref="Q18:U18"/>
+    <mergeCell ref="Q45:U45"/>
+    <mergeCell ref="Q29:U29"/>
+    <mergeCell ref="Q30:U30"/>
+    <mergeCell ref="Q31:U31"/>
+    <mergeCell ref="Q32:U32"/>
+    <mergeCell ref="Q40:U40"/>
+    <mergeCell ref="Q41:U41"/>
+    <mergeCell ref="Q42:U42"/>
+    <mergeCell ref="Q43:U43"/>
+    <mergeCell ref="Q44:U44"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P6:P21 P38:P45 P29:P32" xr:uid="{87FA458C-AD5E-4F79-9CAA-8210B422F8F4}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3117E0EA-A4E9-4020-870C-51A09431F41B}">
   <dimension ref="B2:AM15"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="P9" sqref="P9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="2.7109375" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
+      <c r="B2" s="43" t="s">
         <v>62</v>
       </c>
-      <c r="C2" s="47"/>
-[...35 lines deleted...]
-      <c r="AM2" s="47"/>
+      <c r="C2" s="43"/>
+      <c r="D2" s="43"/>
+      <c r="E2" s="43"/>
+      <c r="F2" s="43"/>
+      <c r="G2" s="43"/>
+      <c r="H2" s="43"/>
+      <c r="I2" s="43"/>
+      <c r="J2" s="43"/>
+      <c r="K2" s="43"/>
+      <c r="L2" s="43"/>
+      <c r="M2" s="43"/>
+      <c r="N2" s="43"/>
+      <c r="O2" s="43"/>
+      <c r="P2" s="43"/>
+      <c r="Q2" s="43"/>
+      <c r="R2" s="43"/>
+      <c r="S2" s="43"/>
+      <c r="T2" s="43"/>
+      <c r="U2" s="43"/>
+      <c r="V2" s="43"/>
+      <c r="W2" s="43"/>
+      <c r="X2" s="43"/>
+      <c r="Y2" s="43"/>
+      <c r="Z2" s="43"/>
+      <c r="AA2" s="43"/>
+      <c r="AB2" s="43"/>
+      <c r="AC2" s="43"/>
+      <c r="AD2" s="43"/>
+      <c r="AE2" s="43"/>
+      <c r="AF2" s="43"/>
+      <c r="AG2" s="43"/>
+      <c r="AH2" s="43"/>
+      <c r="AI2" s="43"/>
+      <c r="AJ2" s="43"/>
+      <c r="AK2" s="43"/>
+      <c r="AL2" s="43"/>
+      <c r="AM2" s="43"/>
     </row>
     <row r="4" spans="2:39" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B4" s="5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B6" s="61" t="s">
+      <c r="B6" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="61"/>
-[...12 lines deleted...]
-      <c r="P6" s="61" t="s">
+      <c r="C6" s="55"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="55"/>
+      <c r="F6" s="55"/>
+      <c r="G6" s="55"/>
+      <c r="H6" s="55"/>
+      <c r="I6" s="55"/>
+      <c r="J6" s="55"/>
+      <c r="K6" s="55"/>
+      <c r="L6" s="55"/>
+      <c r="M6" s="55"/>
+      <c r="N6" s="55"/>
+      <c r="O6" s="55"/>
+      <c r="P6" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="Q6" s="61"/>
-[...9 lines deleted...]
-      <c r="AA6" s="61" t="s">
+      <c r="Q6" s="55"/>
+      <c r="R6" s="55"/>
+      <c r="S6" s="55"/>
+      <c r="T6" s="55"/>
+      <c r="U6" s="55"/>
+      <c r="V6" s="55"/>
+      <c r="W6" s="55"/>
+      <c r="X6" s="55"/>
+      <c r="Y6" s="55"/>
+      <c r="Z6" s="55"/>
+      <c r="AA6" s="55" t="s">
         <v>19</v>
       </c>
-      <c r="AB6" s="61"/>
-[...10 lines deleted...]
-      <c r="AM6" s="61"/>
+      <c r="AB6" s="55"/>
+      <c r="AC6" s="55"/>
+      <c r="AD6" s="55"/>
+      <c r="AE6" s="55"/>
+      <c r="AF6" s="55"/>
+      <c r="AG6" s="55"/>
+      <c r="AH6" s="55"/>
+      <c r="AI6" s="55"/>
+      <c r="AJ6" s="55"/>
+      <c r="AK6" s="55"/>
+      <c r="AL6" s="55"/>
+      <c r="AM6" s="55"/>
     </row>
     <row r="7" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B7" s="61"/>
-[...13 lines deleted...]
-      <c r="P7" s="61" t="s">
+      <c r="B7" s="55"/>
+      <c r="C7" s="55"/>
+      <c r="D7" s="55"/>
+      <c r="E7" s="55"/>
+      <c r="F7" s="55"/>
+      <c r="G7" s="55"/>
+      <c r="H7" s="55"/>
+      <c r="I7" s="55"/>
+      <c r="J7" s="55"/>
+      <c r="K7" s="55"/>
+      <c r="L7" s="55"/>
+      <c r="M7" s="55"/>
+      <c r="N7" s="55"/>
+      <c r="O7" s="55"/>
+      <c r="P7" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="Q7" s="61"/>
-[...4 lines deleted...]
-      <c r="V7" s="61" t="s">
+      <c r="Q7" s="55"/>
+      <c r="R7" s="55"/>
+      <c r="S7" s="55"/>
+      <c r="T7" s="55"/>
+      <c r="U7" s="55"/>
+      <c r="V7" s="55" t="s">
         <v>21</v>
       </c>
-      <c r="W7" s="61"/>
-[...2 lines deleted...]
-      <c r="Z7" s="61"/>
+      <c r="W7" s="55"/>
+      <c r="X7" s="55"/>
+      <c r="Y7" s="55"/>
+      <c r="Z7" s="55"/>
       <c r="AA7" s="60" t="s">
         <v>22</v>
       </c>
-      <c r="AB7" s="61"/>
-[...1 lines deleted...]
-      <c r="AD7" s="61" t="s">
+      <c r="AB7" s="55"/>
+      <c r="AC7" s="55"/>
+      <c r="AD7" s="55" t="s">
         <v>23</v>
       </c>
-      <c r="AE7" s="61"/>
-[...2 lines deleted...]
-      <c r="AH7" s="61"/>
+      <c r="AE7" s="55"/>
+      <c r="AF7" s="55"/>
+      <c r="AG7" s="55"/>
+      <c r="AH7" s="55"/>
       <c r="AI7" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="AJ7" s="61"/>
-[...2 lines deleted...]
-      <c r="AM7" s="61"/>
+      <c r="AJ7" s="55"/>
+      <c r="AK7" s="55"/>
+      <c r="AL7" s="55"/>
+      <c r="AM7" s="55"/>
     </row>
     <row r="8" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B8" s="61"/>
-[...36 lines deleted...]
-      <c r="AM8" s="61"/>
+      <c r="B8" s="55"/>
+      <c r="C8" s="55"/>
+      <c r="D8" s="55"/>
+      <c r="E8" s="55"/>
+      <c r="F8" s="55"/>
+      <c r="G8" s="55"/>
+      <c r="H8" s="55"/>
+      <c r="I8" s="55"/>
+      <c r="J8" s="55"/>
+      <c r="K8" s="55"/>
+      <c r="L8" s="55"/>
+      <c r="M8" s="55"/>
+      <c r="N8" s="55"/>
+      <c r="O8" s="55"/>
+      <c r="P8" s="55"/>
+      <c r="Q8" s="55"/>
+      <c r="R8" s="55"/>
+      <c r="S8" s="55"/>
+      <c r="T8" s="55"/>
+      <c r="U8" s="55"/>
+      <c r="V8" s="55"/>
+      <c r="W8" s="55"/>
+      <c r="X8" s="55"/>
+      <c r="Y8" s="55"/>
+      <c r="Z8" s="55"/>
+      <c r="AA8" s="55"/>
+      <c r="AB8" s="55"/>
+      <c r="AC8" s="55"/>
+      <c r="AD8" s="55"/>
+      <c r="AE8" s="55"/>
+      <c r="AF8" s="55"/>
+      <c r="AG8" s="55"/>
+      <c r="AH8" s="55"/>
+      <c r="AI8" s="55"/>
+      <c r="AJ8" s="55"/>
+      <c r="AK8" s="55"/>
+      <c r="AL8" s="55"/>
+      <c r="AM8" s="55"/>
     </row>
     <row r="9" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="11" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="12"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="P9" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q9" s="69"/>
-[...9 lines deleted...]
-      <c r="AA9" s="55">
+      <c r="Q9" s="53"/>
+      <c r="R9" s="53"/>
+      <c r="S9" s="53"/>
+      <c r="T9" s="53"/>
+      <c r="U9" s="54"/>
+      <c r="V9" s="66"/>
+      <c r="W9" s="67"/>
+      <c r="X9" s="67"/>
+      <c r="Y9" s="67"/>
+      <c r="Z9" s="68"/>
+      <c r="AA9" s="57">
         <v>1</v>
       </c>
-      <c r="AB9" s="56"/>
-      <c r="AC9" s="57"/>
+      <c r="AB9" s="58"/>
+      <c r="AC9" s="59"/>
       <c r="AD9" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE9" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF9" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG9" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH9" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI9" s="55" t="s">
+      <c r="AI9" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ9" s="56"/>
-[...2 lines deleted...]
-      <c r="AM9" s="57"/>
+      <c r="AJ9" s="58"/>
+      <c r="AK9" s="58"/>
+      <c r="AL9" s="58"/>
+      <c r="AM9" s="59"/>
     </row>
     <row r="10" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="16"/>
       <c r="C10" s="17"/>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
       <c r="M10" s="17"/>
       <c r="N10" s="17"/>
       <c r="O10" s="17"/>
       <c r="P10" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q10" s="73"/>
-[...3 lines deleted...]
-      <c r="U10" s="74"/>
+      <c r="Q10" s="51"/>
+      <c r="R10" s="51"/>
+      <c r="S10" s="51"/>
+      <c r="T10" s="51"/>
+      <c r="U10" s="52"/>
       <c r="V10" s="16"/>
       <c r="W10" s="17"/>
       <c r="X10" s="17"/>
       <c r="Y10" s="17"/>
       <c r="Z10" s="18"/>
-      <c r="AA10" s="49">
+      <c r="AA10" s="63">
         <v>4</v>
       </c>
-      <c r="AB10" s="50"/>
-      <c r="AC10" s="51"/>
+      <c r="AB10" s="64"/>
+      <c r="AC10" s="65"/>
       <c r="AD10" s="27" t="s">
         <v>38</v>
       </c>
       <c r="AE10" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AF10" s="28" t="s">
         <v>40</v>
       </c>
       <c r="AG10" s="28" t="s">
         <v>39</v>
       </c>
       <c r="AH10" s="29" t="s">
         <v>41</v>
       </c>
-      <c r="AI10" s="49" t="s">
+      <c r="AI10" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="AJ10" s="50"/>
-[...2 lines deleted...]
-      <c r="AM10" s="51"/>
+      <c r="AJ10" s="64"/>
+      <c r="AK10" s="64"/>
+      <c r="AL10" s="64"/>
+      <c r="AM10" s="65"/>
     </row>
     <row r="11" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="12"/>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="12"/>
       <c r="M11" s="12"/>
       <c r="N11" s="12"/>
       <c r="O11" s="12"/>
       <c r="P11" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q11" s="69"/>
-[...9 lines deleted...]
-      <c r="AA11" s="55">
+      <c r="Q11" s="53"/>
+      <c r="R11" s="53"/>
+      <c r="S11" s="53"/>
+      <c r="T11" s="53"/>
+      <c r="U11" s="54"/>
+      <c r="V11" s="66"/>
+      <c r="W11" s="67"/>
+      <c r="X11" s="67"/>
+      <c r="Y11" s="67"/>
+      <c r="Z11" s="68"/>
+      <c r="AA11" s="57">
         <v>1</v>
       </c>
-      <c r="AB11" s="56"/>
-      <c r="AC11" s="57"/>
+      <c r="AB11" s="58"/>
+      <c r="AC11" s="59"/>
       <c r="AD11" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE11" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF11" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG11" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH11" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI11" s="55" t="s">
+      <c r="AI11" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ11" s="56"/>
-[...2 lines deleted...]
-      <c r="AM11" s="57"/>
+      <c r="AJ11" s="58"/>
+      <c r="AK11" s="58"/>
+      <c r="AL11" s="58"/>
+      <c r="AM11" s="59"/>
     </row>
     <row r="12" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="16"/>
       <c r="C12" s="17"/>
       <c r="D12" s="17"/>
       <c r="E12" s="17"/>
       <c r="F12" s="17"/>
       <c r="G12" s="17"/>
       <c r="H12" s="17"/>
       <c r="I12" s="17"/>
       <c r="J12" s="17"/>
       <c r="K12" s="17"/>
       <c r="L12" s="17"/>
       <c r="M12" s="17"/>
       <c r="N12" s="17"/>
       <c r="O12" s="17"/>
       <c r="P12" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q12" s="73"/>
-[...3 lines deleted...]
-      <c r="U12" s="74"/>
+      <c r="Q12" s="51"/>
+      <c r="R12" s="51"/>
+      <c r="S12" s="51"/>
+      <c r="T12" s="51"/>
+      <c r="U12" s="52"/>
       <c r="V12" s="16"/>
       <c r="W12" s="17"/>
       <c r="X12" s="17"/>
       <c r="Y12" s="17"/>
       <c r="Z12" s="18"/>
-      <c r="AA12" s="49">
+      <c r="AA12" s="63">
         <v>4</v>
       </c>
-      <c r="AB12" s="50"/>
-      <c r="AC12" s="51"/>
+      <c r="AB12" s="64"/>
+      <c r="AC12" s="65"/>
       <c r="AD12" s="27"/>
       <c r="AE12" s="28"/>
       <c r="AF12" s="28"/>
       <c r="AG12" s="28"/>
       <c r="AH12" s="29"/>
-      <c r="AI12" s="49"/>
-[...3 lines deleted...]
-      <c r="AM12" s="51"/>
+      <c r="AI12" s="63"/>
+      <c r="AJ12" s="64"/>
+      <c r="AK12" s="64"/>
+      <c r="AL12" s="64"/>
+      <c r="AM12" s="65"/>
     </row>
     <row r="13" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="11" t="s">
         <v>60</v>
       </c>
       <c r="C13" s="12"/>
       <c r="D13" s="12"/>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="I13" s="12"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="12"/>
       <c r="M13" s="12"/>
       <c r="N13" s="12"/>
       <c r="O13" s="12"/>
       <c r="P13" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="Q13" s="69"/>
-[...9 lines deleted...]
-      <c r="AA13" s="55">
+      <c r="Q13" s="53"/>
+      <c r="R13" s="53"/>
+      <c r="S13" s="53"/>
+      <c r="T13" s="53"/>
+      <c r="U13" s="54"/>
+      <c r="V13" s="66"/>
+      <c r="W13" s="67"/>
+      <c r="X13" s="67"/>
+      <c r="Y13" s="67"/>
+      <c r="Z13" s="68"/>
+      <c r="AA13" s="57">
         <v>1</v>
       </c>
-      <c r="AB13" s="56"/>
-      <c r="AC13" s="57"/>
+      <c r="AB13" s="58"/>
+      <c r="AC13" s="59"/>
       <c r="AD13" s="24" t="s">
         <v>38</v>
       </c>
       <c r="AE13" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AF13" s="10" t="s">
         <v>40</v>
       </c>
       <c r="AG13" s="10" t="s">
         <v>39</v>
       </c>
       <c r="AH13" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="AI13" s="55" t="s">
+      <c r="AI13" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="AJ13" s="56"/>
-[...2 lines deleted...]
-      <c r="AM13" s="57"/>
+      <c r="AJ13" s="58"/>
+      <c r="AK13" s="58"/>
+      <c r="AL13" s="58"/>
+      <c r="AM13" s="59"/>
     </row>
     <row r="14" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="16"/>
       <c r="C14" s="17"/>
       <c r="D14" s="17"/>
       <c r="E14" s="17"/>
       <c r="F14" s="17"/>
       <c r="G14" s="17"/>
       <c r="H14" s="17"/>
       <c r="I14" s="17"/>
       <c r="J14" s="17"/>
       <c r="K14" s="17"/>
       <c r="L14" s="17"/>
       <c r="M14" s="17"/>
       <c r="N14" s="17"/>
       <c r="O14" s="17"/>
       <c r="P14" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="Q14" s="73"/>
-[...3 lines deleted...]
-      <c r="U14" s="74"/>
+      <c r="Q14" s="51"/>
+      <c r="R14" s="51"/>
+      <c r="S14" s="51"/>
+      <c r="T14" s="51"/>
+      <c r="U14" s="52"/>
       <c r="V14" s="16"/>
       <c r="W14" s="17"/>
       <c r="X14" s="17"/>
       <c r="Y14" s="17"/>
       <c r="Z14" s="18"/>
-      <c r="AA14" s="49">
+      <c r="AA14" s="63">
         <v>4</v>
       </c>
-      <c r="AB14" s="50"/>
-      <c r="AC14" s="51"/>
+      <c r="AB14" s="64"/>
+      <c r="AC14" s="65"/>
       <c r="AD14" s="27"/>
       <c r="AE14" s="28"/>
       <c r="AF14" s="28"/>
       <c r="AG14" s="28"/>
       <c r="AH14" s="29"/>
-      <c r="AI14" s="49"/>
-[...3 lines deleted...]
-      <c r="AM14" s="51"/>
+      <c r="AI14" s="63"/>
+      <c r="AJ14" s="64"/>
+      <c r="AK14" s="64"/>
+      <c r="AL14" s="64"/>
+      <c r="AM14" s="65"/>
     </row>
     <row r="15" spans="2:39" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="36" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="32"/>
       <c r="D15" s="32"/>
       <c r="E15" s="32"/>
       <c r="F15" s="32"/>
       <c r="G15" s="32"/>
       <c r="H15" s="32"/>
       <c r="I15" s="32"/>
       <c r="J15" s="32"/>
       <c r="K15" s="32"/>
       <c r="L15" s="32"/>
       <c r="M15" s="32"/>
       <c r="N15" s="32"/>
       <c r="O15" s="32"/>
       <c r="P15" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="Q15" s="76"/>
-[...9 lines deleted...]
-      <c r="AA15" s="66">
+      <c r="Q15" s="69"/>
+      <c r="R15" s="69"/>
+      <c r="S15" s="69"/>
+      <c r="T15" s="69"/>
+      <c r="U15" s="70"/>
+      <c r="V15" s="71"/>
+      <c r="W15" s="72"/>
+      <c r="X15" s="72"/>
+      <c r="Y15" s="72"/>
+      <c r="Z15" s="73"/>
+      <c r="AA15" s="74">
         <v>4</v>
       </c>
-      <c r="AB15" s="67"/>
-      <c r="AC15" s="68"/>
+      <c r="AB15" s="75"/>
+      <c r="AC15" s="76"/>
       <c r="AD15" s="38" t="s">
         <v>38</v>
       </c>
       <c r="AE15" s="39" t="s">
         <v>39</v>
       </c>
       <c r="AF15" s="39" t="s">
         <v>40</v>
       </c>
       <c r="AG15" s="39" t="s">
         <v>39</v>
       </c>
       <c r="AH15" s="40" t="s">
         <v>41</v>
       </c>
-      <c r="AI15" s="66" t="s">
+      <c r="AI15" s="74" t="s">
         <v>37</v>
       </c>
-      <c r="AJ15" s="67"/>
-[...2 lines deleted...]
-      <c r="AM15" s="68"/>
+      <c r="AJ15" s="75"/>
+      <c r="AK15" s="75"/>
+      <c r="AL15" s="75"/>
+      <c r="AM15" s="76"/>
     </row>
   </sheetData>
   <mergeCells count="34">
-    <mergeCell ref="Q12:U12"/>
-[...3 lines deleted...]
-    <mergeCell ref="V11:Z11"/>
+    <mergeCell ref="AI9:AM9"/>
+    <mergeCell ref="AA10:AC10"/>
+    <mergeCell ref="AI10:AM10"/>
+    <mergeCell ref="V15:Z15"/>
+    <mergeCell ref="AA15:AC15"/>
+    <mergeCell ref="AI15:AM15"/>
+    <mergeCell ref="AA12:AC12"/>
+    <mergeCell ref="AI12:AM12"/>
+    <mergeCell ref="V13:Z13"/>
+    <mergeCell ref="AA13:AC13"/>
+    <mergeCell ref="AI13:AM13"/>
+    <mergeCell ref="AA14:AC14"/>
+    <mergeCell ref="AI14:AM14"/>
     <mergeCell ref="AA11:AC11"/>
     <mergeCell ref="AI11:AM11"/>
     <mergeCell ref="B2:AM2"/>
     <mergeCell ref="B6:O8"/>
     <mergeCell ref="P6:Z6"/>
     <mergeCell ref="AA6:AM6"/>
     <mergeCell ref="P7:U8"/>
     <mergeCell ref="V7:Z8"/>
     <mergeCell ref="AA7:AC8"/>
     <mergeCell ref="AD7:AH8"/>
     <mergeCell ref="AI7:AM8"/>
     <mergeCell ref="Q9:U9"/>
     <mergeCell ref="Q10:U10"/>
     <mergeCell ref="Q11:U11"/>
     <mergeCell ref="V9:Z9"/>
     <mergeCell ref="AA9:AC9"/>
-    <mergeCell ref="AI9:AM9"/>
-[...11 lines deleted...]
-    <mergeCell ref="AI14:AM14"/>
+    <mergeCell ref="Q12:U12"/>
+    <mergeCell ref="Q13:U13"/>
+    <mergeCell ref="Q14:U14"/>
+    <mergeCell ref="Q15:U15"/>
+    <mergeCell ref="V11:Z11"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="P9:P15" xr:uid="{E3D500C7-7880-4B7C-A604-41C41D73E893}">
       <formula1>"□,■"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D93B74C-8C2D-493F-BB7D-FF77261CC250}">
   <dimension ref="B2:D35"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="AO1" sqref="AO1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="2.7109375" style="5"/>
   </cols>
@@ -6420,30 +6427,31 @@
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>第一面</vt:lpstr>
       <vt:lpstr>第二面_1</vt:lpstr>
       <vt:lpstr>第二面_2</vt:lpstr>
       <vt:lpstr>第三面</vt:lpstr>
       <vt:lpstr>注意</vt:lpstr>
       <vt:lpstr>第一面!Print_Area</vt:lpstr>
       <vt:lpstr>第三面!Print_Area</vt:lpstr>
       <vt:lpstr>第二面_1!Print_Area</vt:lpstr>
       <vt:lpstr>第二面_2!Print_Area</vt:lpstr>
       <vt:lpstr>注意!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>日本タリアセン株式会社</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>