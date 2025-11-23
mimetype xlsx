--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -1,137 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\_Stock\ze-DL\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\_Stock\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7BF7D93-07B3-495C-B412-1009E64F9C1C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{625D76F1-4B82-45C6-B93E-FF2F2D586142}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3075" yWindow="30" windowWidth="25695" windowHeight="14895" firstSheet="1" activeTab="1" xr2:uid="{2408E592-33F9-47C1-B917-59316928290F}"/>
+    <workbookView xWindow="3060" yWindow="45" windowWidth="25680" windowHeight="15435" firstSheet="1" activeTab="1" xr2:uid="{2408E592-33F9-47C1-B917-59316928290F}"/>
   </bookViews>
   <sheets>
     <sheet name="LIST" sheetId="4" state="hidden" r:id="rId1"/>
     <sheet name="第一面" sheetId="2" r:id="rId2"/>
     <sheet name="第二面" sheetId="3" r:id="rId3"/>
     <sheet name="第二面 (複主)" sheetId="6" r:id="rId4"/>
-    <sheet name="第二面 (複代)" sheetId="5" r:id="rId5"/>
-    <sheet name="第二面 (複施) " sheetId="11" r:id="rId6"/>
+    <sheet name="第二面 (複代)" sheetId="10" r:id="rId5"/>
+    <sheet name="第二面 (設計)" sheetId="11" r:id="rId6"/>
     <sheet name="第三面" sheetId="7" r:id="rId7"/>
     <sheet name="第四面" sheetId="8" r:id="rId8"/>
     <sheet name="注意" sheetId="9" r:id="rId9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">第一面!$A$1:$AF$39</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="7">第四面!$A$1:$AF$23</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">第一面!$A$1:$AF$32</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">第三面!$A$1:$AF$49</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="7">第四面!$A$1:$AF$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">第二面!$A$1:$AF$35</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">'第二面 (複施) '!$A$1:$AF$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'第二面 (設計)'!$A$1:$AF$37</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'第二面 (複主)'!$A$1:$AF$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'第二面 (複代)'!$A$1:$AF$37</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="8">注意!$A$1:$AF$35</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="8">注意!$A$1:$AF$45</definedName>
     <definedName name="構造">LIST!$B$9:$B$17</definedName>
     <definedName name="選択">LIST!$B$4:$B$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...7 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>三宅忠</author>
   </authors>
   <commentList>
     <comment ref="AH15" authorId="0" shapeId="0" xr:uid="{C694E7F9-5B2E-415F-810B-CF4E10DE7A4C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="ＭＳ 明朝"/>
             <family val="1"/>
             <charset val="128"/>
           </rPr>
           <t>法人の場合、法人名、役職名、氏名を
 明記してください。</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
+<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>三宅忠</author>
+  </authors>
+  <commentList>
+    <comment ref="AH47" authorId="0" shapeId="0" xr:uid="{CA2F6986-B2C0-4FF7-9AA5-99F3043E603D}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="ＭＳ 明朝"/>
+            <family val="1"/>
+            <charset val="128"/>
+          </rPr>
+          <t>太陽光システムに係る助成申し込みの有無等</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>三宅忠</author>
+  </authors>
+  <commentList>
+    <comment ref="AH38" authorId="0" shapeId="0" xr:uid="{D88E0131-E1B5-48CE-9A89-74F12AEBDFB3}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="ＭＳ 明朝"/>
+            <family val="1"/>
+            <charset val="128"/>
+          </rPr>
+          <t>集合住宅用の第四面別紙をホームページから
+ダウンロードできます。</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="175">
   <si>
     <t>（第一面）</t>
     <rPh sb="1" eb="2">
       <t>ダイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イチメン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -216,60 +260,50 @@
     <rPh sb="2" eb="3">
       <t>２</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>メン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>建築主等の概要</t>
     <rPh sb="0" eb="2">
       <t>ケンチク</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ヌシ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ナド</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ガイヨウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>【１.建築主】</t>
-[...8 lines deleted...]
-  <si>
     <t xml:space="preserve"> 【イ.氏名又は名称のフリガナ】</t>
     <rPh sb="4" eb="6">
       <t>シメイ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>マタ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>メイショウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve"> 【ロ.氏名又は名称】</t>
     <rPh sb="4" eb="6">
       <t>シメイ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>マタ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>メイショウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
@@ -317,89 +351,72 @@
     <rPh sb="12" eb="13">
       <t>カク</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ゴウ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ガイトウ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>ウム</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>□</t>
   </si>
   <si>
     <t>該当する</t>
     <rPh sb="0" eb="2">
       <t>ガイトウ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>■</t>
-[...1 lines deleted...]
-  <si>
     <t>該当しない</t>
     <rPh sb="0" eb="2">
       <t>ガイトウ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>【２.手続代行者】</t>
-[...8 lines deleted...]
-  <si>
     <t>〒</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>選択</t>
     <rPh sb="0" eb="2">
       <t>センタク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>□</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>■</t>
-[...2 lines deleted...]
-  <si>
     <t>構造</t>
   </si>
   <si>
     <t>木（軸組）</t>
   </si>
   <si>
     <t>木（枠組壁工法）</t>
   </si>
   <si>
     <t>鉄筋コンクリート</t>
   </si>
   <si>
     <t>鉄骨</t>
   </si>
   <si>
     <t>鉄骨鉄筋コンクリート</t>
   </si>
   <si>
     <t>プレハブ</t>
   </si>
   <si>
     <t>コンクリートブロック</t>
   </si>
   <si>
     <t>軽量鉄骨</t>
@@ -727,361 +744,184 @@
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>【構造】</t>
     <rPh sb="1" eb="3">
       <t>コウゾウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>造</t>
     <rPh sb="0" eb="1">
       <t>ゾウ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>一部</t>
     <rPh sb="0" eb="2">
       <t>イチブ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>水準１</t>
-[...19 lines deleted...]
-  <si>
     <t>仕様規定の基準</t>
     <rPh sb="0" eb="2">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キテイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キジュン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>性能規定の基準</t>
     <rPh sb="0" eb="2">
       <t>セイノウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キテイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キジュン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>設置あり</t>
-[...12 lines deleted...]
-  <si>
     <t>該当あり</t>
     <rPh sb="0" eb="2">
       <t>ガイトウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>該当なし</t>
     <rPh sb="0" eb="2">
       <t>ガイトウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>（第四面）</t>
   </si>
   <si>
-    <t>集合住宅等の単位住戸に関する事項</t>
-[...87 lines deleted...]
-  <si>
     <t>（注意）</t>
     <rPh sb="1" eb="3">
       <t>チュウイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>１　各面共通</t>
     <rPh sb="2" eb="4">
       <t>カクメン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キョウツウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>　(1)　この用紙の大きさは、日本産業規格Ａ４としてください。</t>
   </si>
   <si>
     <t>　(2)　数字は算用数字を、単位はメートル法を用いてください。</t>
   </si>
   <si>
     <t>２　第一面関係</t>
   </si>
   <si>
     <t xml:space="preserve">  (1)　※印のある欄は記入しないでください。</t>
   </si>
   <si>
-    <t xml:space="preserve">  (2)　建築主が法人である場合には、代表者の氏名を併せて記載してください。</t>
-[...1 lines deleted...]
-  <si>
     <t>３　第二面関係</t>
     <rPh sb="3" eb="4">
       <t>ニ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>４　第三面関係</t>
     <rPh sb="3" eb="4">
       <t>サン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">  (1)　住居表示が定まっているときは、３欄に記入してください。</t>
     <rPh sb="6" eb="8">
       <t>ジュウキョ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ヒョウジ</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>サダ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>５　第四面関係</t>
     <rPh sb="3" eb="4">
       <t>ヨン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t xml:space="preserve">  (1)　第四面は、第三面の４欄で「集合住宅等」を選択した場合に作成してください。</t>
-[...32 lines deleted...]
-  <si>
     <t xml:space="preserve">  (2)　１欄は、単位住戸ごとに通し番号を付し、その番号を記入してください。</t>
     <rPh sb="7" eb="8">
       <t>ラン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>タンイ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ジュウコ</t>
     </rPh>
     <rPh sb="17" eb="18">
       <t>トオ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>バンゴウ</t>
     </rPh>
     <rPh sb="22" eb="23">
       <t>フ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>バンゴウ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t xml:space="preserve">  (3)　３欄及び４欄は、該当するチェックボックスに「✓」マークを入れてください。</t>
-[...14 lines deleted...]
-  <si>
     <t xml:space="preserve">  (1)　建築主からの委任を受けた手続代行者がいる場合においては、２欄に記入してください。</t>
     <rPh sb="6" eb="8">
       <t>ケンチク</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ヌシ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>イニン</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>ウ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>テツヅ</t>
     </rPh>
     <rPh sb="20" eb="23">
       <t>ダイコウシャ</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>バアイ</t>
     </rPh>
     <rPh sb="35" eb="36">
       <t>ラン</t>
     </rPh>
@@ -1094,622 +934,907 @@
     <t xml:space="preserve">  (2)　建築主が２以上のときは、１欄には代表となる建築主のみについて記入し、別紙に他の建築主</t>
     <rPh sb="11" eb="13">
       <t>イジョウ</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>ラン</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>ダイヒョウ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>ケンチク</t>
     </rPh>
     <rPh sb="29" eb="30">
       <t>ヌシ</t>
     </rPh>
     <rPh sb="36" eb="38">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>ベッシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>　　 についてそれぞれ必要な事項を記入して添えてください。</t>
-[...36 lines deleted...]
-  <si>
     <t xml:space="preserve">  (2)　４欄は、該当するチェックボックスに「✓」マークを入れて、それぞれの建て方における単位</t>
     <rPh sb="7" eb="8">
       <t>ラン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ガイトウ</t>
     </rPh>
     <rPh sb="39" eb="40">
       <t>タ</t>
     </rPh>
     <rPh sb="41" eb="42">
       <t>カタ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>　　 住戸及び共用部分（人の居住の用に供するものに限る。）の床面積の合計等を記入してください。</t>
-[...88 lines deleted...]
-  <si>
     <t xml:space="preserve"> 申請受理者氏名</t>
     <rPh sb="1" eb="3">
       <t>シンセイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ジュリ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>シャ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>シメイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>別記第７号様式（第16条第１項関係）</t>
-    <phoneticPr fontId="1"/>
+    <t>を申請します。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　なお、この申請書及び添付図書に記載の事項は、事実に相違ありません。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>太陽光発電システム</t>
+    <rPh sb="0" eb="3">
+      <t>タイヨウコウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ハツデン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>kw</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>太陽熱利用システム</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>地中熱利用システム</t>
+    <rPh sb="0" eb="2">
+      <t>チチュウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ネツ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>リヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>設置しない</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（出力</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>kw）</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（ア）傾斜又は方位が異なる南面等屋根（水平屋根又は方位が南を含む東から西までに面する屋根を</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（イ）傾斜又は方位が異なる南面等屋根が二以上ある場合であって、次の（ⅰ）及び（ⅱ）のいずれ</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>にも該当する建築物</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（ⅰ）南面等屋根のうち、傾斜及び方位別に最も大きい水平投影面積が20平方メートル未満のもの</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（ⅱ）南面等屋根のうち、傾斜及び方位別に２番目に大きい水平投影面積が10平方メートル未満のもの</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>いう。以下同じ。）が一である場合であって当該南面等屋根の水平投影面積が20平方メートル未満の</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>建築物</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>□</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（ウ）法令により再生可能エネルギー利用設備を設置できない建築物</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>）</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>【１．建築主】</t>
+    <rPh sb="3" eb="5">
+      <t>ケンチク</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ヌシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【２．手続代行者】</t>
+    <rPh sb="3" eb="5">
+      <t>テツヅ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>ダイコウシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【３．設計者】</t>
+    <rPh sb="3" eb="5">
+      <t>セッケイ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>シャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【４．備考】</t>
+    <rPh sb="3" eb="5">
+      <t>ビコウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>建築物及びその敷地に関する事項</t>
+    <rPh sb="0" eb="3">
+      <t>ケンチクブツ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>オヨ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>シキチ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>カン</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ジコウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>単位住戸に関する事項</t>
+    <rPh sb="0" eb="2">
+      <t>タンイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ジュウコ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>カン</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ジコウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【１．単位住戸の番号】（集合住宅等の場合に記載）</t>
+    <rPh sb="3" eb="5">
+      <t>タンイ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ジュウコ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>バンゴウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【２．単位住戸の位置する階】（集合住宅等の場合に記載）</t>
+    <rPh sb="3" eb="5">
+      <t>タンイ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ジュウコ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>イチ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>カイ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>シュウゴウ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>ジュウタク</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【３．単位住戸の床面積】（集合住宅等の場合に記載）</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>【４．適合する水準】</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>水準Ａ</t>
+    <rPh sb="0" eb="2">
+      <t>スイジュン</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>水準Ｂ</t>
+    <rPh sb="0" eb="2">
+      <t>スイジュン</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>水準Ｃ</t>
+    <rPh sb="0" eb="2">
+      <t>スイジュン</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>【５．適合を確認する際に選択した基準】</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>外皮平均熱貫流率</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（ア）断熱性能</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>W/（㎡・ｋ）</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>（イ）設備の省エネルギー性能</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <r>
+      <t>BEI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7.5"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ 明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>ZE</t>
+    </r>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>【６．単位住戸当たりの太陽光発電システムの出力】（集合住宅等の場合に記載）</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>【７．東京ゼロエミ住宅におけるオール電化への該当の有無】（集合住宅等の場合に記載）</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>【８．備考】</t>
+    <rPh sb="3" eb="5">
+      <t>ビコウ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ジキ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　(3)　１欄【へ．要綱第９条第２項各号への該当の有無】は、該当するチェックボックス に「✓」</t>
+    <rPh sb="6" eb="7">
+      <t>ラン</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ヨウコウ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="15" eb="16">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="17" eb="18">
+      <t>コウ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>カクゴウ</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>ガイトウ</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>ウム</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>ガイトウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　(3)　６欄は、東京ゼロエミ住宅の認証事項に係る工事の着手予定日を記入してください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　(4)　８欄は、太陽光発電設備を設置しない場合、東京ゼロエミ住宅指針　第３　２（２）イ（ア）</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　から（ウ）までのうち、該当する事項のチェックボックスに「✓」マークを入れてください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　（ウ）に該当する場合、法令の名称を記入してください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　(5)　９欄は、集合住宅等の場合、当該建築物における全て又は一部の単位住戸が該当する場合は</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　「該当あり」のチェックボックスに「✓」マークを入れてください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　(6)　ここに書き表せない事項で、設計確認に当たり特に注意を要する事項は、11欄又は別紙に記載</t>
+    <rPh sb="8" eb="9">
+      <t>カ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>アラワ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ジコウ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>セッケイ</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="23" eb="24">
+      <t>ア</t>
+    </rPh>
+    <rPh sb="26" eb="27">
+      <t>トク</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>チュウイ</t>
+    </rPh>
+    <rPh sb="31" eb="32">
+      <t>ヨウ</t>
+    </rPh>
+    <rPh sb="34" eb="36">
+      <t>ジコウ</t>
+    </rPh>
+    <rPh sb="40" eb="41">
+      <t>ラン</t>
+    </rPh>
+    <rPh sb="41" eb="42">
+      <t>マタ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">  (1)　第四面は単位住戸ごとに作成してください。</t>
+    <rPh sb="6" eb="7">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ヨン</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>メン</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>タンイ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ジュウコ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>サクセイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">  (3)　４欄及び７欄は、該当するチェックボックスに「✓」マークを入れてください。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　(4)　５欄は、断熱性能及び設備の省エネルギー性能のそれぞれについて該当するチェックボックス</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　それぞれ記入してください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <r>
+      <t>　に「✓」マークを入れ、性能規定の基準に該当する場合は、外皮熱貫流率及びBEI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ 明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>ZE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ 明朝"/>
+        <family val="1"/>
+        <charset val="128"/>
+      </rPr>
+      <t>の数値を</t>
+    </r>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　(5)　６欄は、太陽光発電システムの発電電力を単位住戸において受電する場合に、単位住戸当たり</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　の太陽光発電システムの出力を記入してください。単位住戸で受電しない場合は、空欄として</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　ください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　マークを入れてください。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　についてそれぞれ必要な事項を記入して添えてください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　住戸及び共用部分（人の居住の用に供するものに限る。）の床面積の合計等を記入してください。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　して添えてください。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t xml:space="preserve">　記載して添えてください。　 </t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　(6)　ここに書き表せない事項で、設計確認審査に当たり特に注意を要する事項は、８欄又は別紙に</t>
+    <rPh sb="8" eb="9">
+      <t>カ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>アラワ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ジコウ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>セッケイ</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="22" eb="24">
+      <t>シンサ</t>
+    </rPh>
+    <rPh sb="25" eb="26">
+      <t>ア</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>トク</t>
+    </rPh>
+    <rPh sb="30" eb="32">
+      <t>チュウイ</t>
+    </rPh>
+    <rPh sb="33" eb="34">
+      <t>ヨウ</t>
+    </rPh>
+    <rPh sb="36" eb="38">
+      <t>ジコウ</t>
+    </rPh>
+    <rPh sb="41" eb="42">
+      <t>ラン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　(7)　複数の住戸に関する情報を集約して記載すること等により記載すべき事項の全てが明示された</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>　別の書面をもって代えることができます。</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>☑</t>
+  </si>
+  <si>
+    <t>☑</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t xml:space="preserve">  (2)　建築主が法人である場合には、代表者の氏名を併せて記入してください。</t>
+    <rPh sb="30" eb="32">
+      <t>キニュウ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>複数設計者の概要</t>
+    <rPh sb="0" eb="2">
+      <t>フクスウ</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>セッケイシャ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ガイヨウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【設計者２】</t>
+    <rPh sb="1" eb="4">
+      <t>セッケイシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【設計者３】</t>
+    <rPh sb="1" eb="4">
+      <t>セッケイシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【設計者４】</t>
+    <rPh sb="1" eb="4">
+      <t>セッケイシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【設計者５】</t>
+    <rPh sb="1" eb="4">
+      <t>セッケイシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>集合住宅等により、第四面別紙参照</t>
+    <rPh sb="0" eb="5">
+      <t>シュウゴウジュウタクトウ</t>
+    </rPh>
+    <rPh sb="9" eb="12">
+      <t>ダイヨンメン</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ベッシ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>サンショウ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>東京ゼロエミ住宅工事完了検査申請書</t>
     <rPh sb="0" eb="2">
       <t>トウキョウ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ジュウタク</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>コウジ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>カンリョウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ケンサ</t>
     </rPh>
-    <rPh sb="14" eb="16">
-[...8 lines deleted...]
-    <t>工事施工者の氏名</t>
+    <rPh sb="14" eb="17">
+      <t>シンセイショ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>別記第７号様式（第16条第１項関係）</t>
     <rPh sb="0" eb="2">
-      <t>コウジ</t>
-[...2 lines deleted...]
-      <t>セコウ</t>
+      <t>ベッキ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ダイ</t>
     </rPh>
     <rPh sb="4" eb="5">
-      <t>シャ</t>
-[...7 lines deleted...]
-    <t>　東京ゼロエミ住宅の認証に関する要綱第16条第1項の規定に基づき、東京ゼロエミ住宅工事完了検査を</t>
+      <t>ゴウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ヨウシキ</t>
+    </rPh>
+    <rPh sb="8" eb="9">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="11" eb="12">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ダイ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>コウ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>カンケイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>　東京ゼロエミ住宅の認証に関する要綱第１６条第１項の規定に基づき、東京ゼロエミ住宅工事完了検査</t>
     <rPh sb="1" eb="3">
       <t>トウキョウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ジュウタク</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ニンショウ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>カン</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>ヨウコウ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>ダイ</t>
     </rPh>
     <rPh sb="21" eb="22">
       <t>ジョウ</t>
     </rPh>
     <rPh sb="22" eb="23">
       <t>ダイ</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>コウ</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>キテイ</t>
     </rPh>
     <rPh sb="29" eb="30">
       <t>モト</t>
     </rPh>
     <rPh sb="33" eb="35">
       <t>トウキョウ</t>
     </rPh>
     <rPh sb="39" eb="41">
       <t>ジュウタク</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...14 lines deleted...]
-    <t>【４.備考】</t>
+    <rPh sb="41" eb="43">
+      <t>コウジ</t>
+    </rPh>
+    <rPh sb="43" eb="47">
+      <t>カンリョウケンサ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【７．認証事項に係る工事着手予定年月日】</t>
+    <rPh sb="10" eb="12">
+      <t>コウジ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>チャクシュ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ヨテイ</t>
+    </rPh>
+    <rPh sb="16" eb="19">
+      <t>ネンガッピ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【８．工事完了予定年月日】</t>
     <rPh sb="3" eb="5">
+      <t>コウジ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>カンリョウ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ヨテイ</t>
+    </rPh>
+    <rPh sb="9" eb="12">
+      <t>ネンガッピ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【９．再生可能エネルギー利用設備設置の有無】</t>
+    <rPh sb="3" eb="5">
+      <t>サイセイ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>カノウ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>リヨウ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>セツビ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>セッチ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>ウム</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【10．東京ゼロエミ住宅におけるオール電化への該当の有無】</t>
+    <rPh sb="4" eb="6">
+      <t>トウキョウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ジュウタク</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>デンカ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>ガイトウ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>ウム</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【11．その他必要な事項】</t>
+    <rPh sb="6" eb="7">
+      <t>タ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ジコウ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>ジキ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>【12．備考】</t>
+    <rPh sb="4" eb="6">
       <t>ビコウ</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...24 lines deleted...]
-    <t>【工事施工者５】</t>
+    <rPh sb="6" eb="7">
+      <t>ジキ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>【６．新築等計画からの変更の有無】</t>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>変更あり</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>変更なし</t>
-    <phoneticPr fontId="1"/>
-[...257 lines deleted...]
-    </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="5" formatCode="&quot;¥&quot;#,##0;&quot;¥&quot;\-#,##0"/>
+    <numFmt numFmtId="176" formatCode="#,##0.00_);[Red]\(#,##0.00\)"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
@@ -1731,50 +1856,64 @@
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
+      <color theme="1"/>
+      <name val="ＭＳ 明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="7.5"/>
+      <color theme="1"/>
+      <name val="ＭＳ 明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
@@ -1883,51 +2022,51 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
@@ -1944,243 +2083,222 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="5" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
+    <xf numFmtId="5" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="5" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="標準 4" xfId="1" xr:uid="{33D4BD0A-181F-4D6F-98C5-574BDBBF9963}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2242,51 +2360,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2384,5639 +2502,5298 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DD9756A-AE81-4EAE-A69B-9BA52DB15462}">
   <dimension ref="B2:B17"/>
   <sheetViews>
     <sheetView showZeros="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="3.28515625" style="1"/>
     <col min="2" max="2" width="60.7109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="29" t="s">
-        <v>29</v>
+      <c r="B2" s="27" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B3" s="29"/>
+      <c r="B3" s="27"/>
     </row>
     <row r="4" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="29" t="s">
-        <v>30</v>
+      <c r="B4" s="27" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="5" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="29" t="s">
-        <v>31</v>
+      <c r="B5" s="27" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="6" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6"/>
     </row>
     <row r="7" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B7" s="29" t="s">
+      <c r="B7" s="27" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B8" s="27"/>
+    </row>
+    <row r="9" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B9" s="27" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B10" s="27" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B11" s="27" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="12" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B12" s="27" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="8" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...3 lines deleted...]
-      <c r="B9" s="29" t="s">
+    <row r="13" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B13" s="27" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="10" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="29" t="s">
+    <row r="14" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B14" s="27" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="11" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B11" s="29" t="s">
+    <row r="15" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B15" s="27" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="12" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="29" t="s">
+    <row r="16" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B16" s="27" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="13" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="29" t="s">
+    <row r="17" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B17" s="27" t="s">
         <v>37</v>
-      </c>
-[...18 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B19710BA-AB18-422A-8BC7-4C8EF3D492B7}">
-  <dimension ref="B2:AO38"/>
+  <dimension ref="B2:AH31"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="X8" sqref="X8:Z8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="3" t="s">
-        <v>120</v>
+        <v>164</v>
       </c>
     </row>
     <row r="3" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="4" spans="2:34" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="41" t="s">
-[...30 lines deleted...]
-      <c r="AE4" s="41"/>
+      <c r="B4" s="37" t="s">
+        <v>163</v>
+      </c>
+      <c r="C4" s="37"/>
+      <c r="D4" s="37"/>
+      <c r="E4" s="37"/>
+      <c r="F4" s="37"/>
+      <c r="G4" s="37"/>
+      <c r="H4" s="37"/>
+      <c r="I4" s="37"/>
+      <c r="J4" s="37"/>
+      <c r="K4" s="37"/>
+      <c r="L4" s="37"/>
+      <c r="M4" s="37"/>
+      <c r="N4" s="37"/>
+      <c r="O4" s="37"/>
+      <c r="P4" s="37"/>
+      <c r="Q4" s="37"/>
+      <c r="R4" s="37"/>
+      <c r="S4" s="37"/>
+      <c r="T4" s="37"/>
+      <c r="U4" s="37"/>
+      <c r="V4" s="37"/>
+      <c r="W4" s="37"/>
+      <c r="X4" s="37"/>
+      <c r="Y4" s="37"/>
+      <c r="Z4" s="37"/>
+      <c r="AA4" s="37"/>
+      <c r="AB4" s="37"/>
+      <c r="AC4" s="37"/>
+      <c r="AD4" s="37"/>
+      <c r="AE4" s="37"/>
     </row>
     <row r="5" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="6" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B6" s="42" t="s">
+      <c r="B6" s="38" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="42"/>
-[...27 lines deleted...]
-      <c r="AE6" s="42"/>
+      <c r="C6" s="38"/>
+      <c r="D6" s="38"/>
+      <c r="E6" s="38"/>
+      <c r="F6" s="38"/>
+      <c r="G6" s="38"/>
+      <c r="H6" s="38"/>
+      <c r="I6" s="38"/>
+      <c r="J6" s="38"/>
+      <c r="K6" s="38"/>
+      <c r="L6" s="38"/>
+      <c r="M6" s="38"/>
+      <c r="N6" s="38"/>
+      <c r="O6" s="38"/>
+      <c r="P6" s="38"/>
+      <c r="Q6" s="38"/>
+      <c r="R6" s="38"/>
+      <c r="S6" s="38"/>
+      <c r="T6" s="38"/>
+      <c r="U6" s="38"/>
+      <c r="V6" s="38"/>
+      <c r="W6" s="38"/>
+      <c r="X6" s="38"/>
+      <c r="Y6" s="38"/>
+      <c r="Z6" s="38"/>
+      <c r="AA6" s="38"/>
+      <c r="AB6" s="38"/>
+      <c r="AC6" s="38"/>
+      <c r="AD6" s="38"/>
+      <c r="AE6" s="38"/>
     </row>
     <row r="7" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="8" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="X8" s="44"/>
-[...1 lines deleted...]
-      <c r="Z8" s="44"/>
+      <c r="X8" s="40"/>
+      <c r="Y8" s="40"/>
+      <c r="Z8" s="40"/>
       <c r="AA8" s="4" t="s">
         <v>1</v>
       </c>
       <c r="AB8" s="5"/>
       <c r="AC8" s="4" t="s">
         <v>2</v>
       </c>
       <c r="AD8" s="5"/>
       <c r="AE8" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="10" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="11" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="14" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="15" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="P15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="R15" s="43"/>
-[...12 lines deleted...]
-      <c r="AE15" s="43"/>
+      <c r="R15" s="39"/>
+      <c r="S15" s="39"/>
+      <c r="T15" s="39"/>
+      <c r="U15" s="39"/>
+      <c r="V15" s="39"/>
+      <c r="W15" s="39"/>
+      <c r="X15" s="39"/>
+      <c r="Y15" s="39"/>
+      <c r="Z15" s="39"/>
+      <c r="AA15" s="39"/>
+      <c r="AB15" s="39"/>
+      <c r="AC15" s="39"/>
+      <c r="AD15" s="39"/>
+      <c r="AE15" s="39"/>
     </row>
     <row r="16" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="R16" s="43"/>
-[...50 lines deleted...]
-    <row r="20" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
+      <c r="R16" s="39"/>
+      <c r="S16" s="39"/>
+      <c r="T16" s="39"/>
+      <c r="U16" s="39"/>
+      <c r="V16" s="39"/>
+      <c r="W16" s="39"/>
+      <c r="X16" s="39"/>
+      <c r="Y16" s="39"/>
+      <c r="Z16" s="39"/>
+      <c r="AA16" s="39"/>
+      <c r="AB16" s="39"/>
+      <c r="AC16" s="39"/>
+      <c r="AD16" s="39"/>
+      <c r="AE16" s="39"/>
+    </row>
+    <row r="17" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="18" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="19" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B19" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="20" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B20" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
     <row r="21" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B21" s="27" t="s">
-[...41 lines deleted...]
-    </row>
+      <c r="B21" s="3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="23" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="24" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="25" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="26" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-[...32 lines deleted...]
-    </row>
+    <row r="26" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="27" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="28" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-[...50 lines deleted...]
-      <c r="B35" s="7" t="s">
+    <row r="28" spans="2:31" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B28" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C35" s="8"/>
-[...9 lines deleted...]
-      <c r="M35" s="7" t="s">
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="8"/>
+      <c r="G28" s="8"/>
+      <c r="H28" s="8"/>
+      <c r="I28" s="8"/>
+      <c r="J28" s="8"/>
+      <c r="K28" s="8"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="N35" s="10"/>
-[...33 lines deleted...]
-      <c r="F36" s="14" t="s">
+      <c r="N28" s="10"/>
+      <c r="O28" s="8"/>
+      <c r="P28" s="8"/>
+      <c r="Q28" s="8"/>
+      <c r="R28" s="8"/>
+      <c r="S28" s="8"/>
+      <c r="T28" s="8"/>
+      <c r="U28" s="8"/>
+      <c r="V28" s="8"/>
+      <c r="W28" s="8"/>
+      <c r="X28" s="8"/>
+      <c r="Y28" s="8"/>
+      <c r="Z28" s="8"/>
+      <c r="AA28" s="8"/>
+      <c r="AB28" s="8"/>
+      <c r="AC28" s="8"/>
+      <c r="AD28" s="8"/>
+      <c r="AE28" s="20"/>
+    </row>
+    <row r="29" spans="2:31" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B29" s="11"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="G36" s="12"/>
-[...1 lines deleted...]
-      <c r="I36" s="14" t="s">
+      <c r="G29" s="12"/>
+      <c r="H29" s="13"/>
+      <c r="I29" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="J36" s="13"/>
-[...1 lines deleted...]
-      <c r="L36" s="15" t="s">
+      <c r="J29" s="13"/>
+      <c r="K29" s="13"/>
+      <c r="L29" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="M36" s="22"/>
-[...30 lines deleted...]
-      <c r="B37" s="11" t="s">
+      <c r="M29" s="21"/>
+      <c r="U29" s="22"/>
+      <c r="V29" s="22"/>
+      <c r="W29" s="22"/>
+      <c r="X29" s="22"/>
+      <c r="Y29" s="22"/>
+      <c r="Z29" s="22"/>
+      <c r="AA29" s="22"/>
+      <c r="AB29" s="22"/>
+      <c r="AC29" s="22"/>
+      <c r="AD29" s="22"/>
+      <c r="AE29" s="23"/>
+    </row>
+    <row r="30" spans="2:31" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B30" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="C37" s="12"/>
-[...8 lines deleted...]
-      <c r="L37" s="15" t="s">
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="13"/>
+      <c r="J30" s="13"/>
+      <c r="K30" s="13"/>
+      <c r="L30" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="M37" s="22"/>
-[...71 lines deleted...]
-      <c r="AO38" s="20"/>
+      <c r="M30" s="21"/>
+      <c r="N30" s="24"/>
+      <c r="O30" s="24"/>
+      <c r="P30" s="24"/>
+      <c r="Q30" s="24"/>
+      <c r="R30" s="24"/>
+      <c r="S30" s="24"/>
+      <c r="T30" s="24"/>
+      <c r="U30" s="24"/>
+      <c r="V30" s="24"/>
+      <c r="W30" s="24"/>
+      <c r="X30" s="24"/>
+      <c r="Y30" s="24"/>
+      <c r="Z30" s="24"/>
+      <c r="AA30" s="24"/>
+      <c r="AB30" s="24"/>
+      <c r="AC30" s="24"/>
+      <c r="AD30" s="24"/>
+      <c r="AE30" s="25"/>
+    </row>
+    <row r="31" spans="2:31" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B31" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C31" s="17"/>
+      <c r="D31" s="17"/>
+      <c r="E31" s="17"/>
+      <c r="F31" s="17"/>
+      <c r="G31" s="17"/>
+      <c r="H31" s="17"/>
+      <c r="I31" s="17"/>
+      <c r="J31" s="18"/>
+      <c r="K31" s="18"/>
+      <c r="L31" s="19"/>
+      <c r="M31" s="16"/>
+      <c r="N31" s="17"/>
+      <c r="O31" s="17"/>
+      <c r="P31" s="17"/>
+      <c r="Q31" s="17"/>
+      <c r="R31" s="17"/>
+      <c r="S31" s="17"/>
+      <c r="T31" s="17"/>
+      <c r="U31" s="17"/>
+      <c r="V31" s="17"/>
+      <c r="W31" s="17"/>
+      <c r="X31" s="17"/>
+      <c r="Y31" s="17"/>
+      <c r="Z31" s="17"/>
+      <c r="AA31" s="17"/>
+      <c r="AB31" s="17"/>
+      <c r="AC31" s="17"/>
+      <c r="AD31" s="17"/>
+      <c r="AE31" s="19"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
-[...4 lines deleted...]
-    <mergeCell ref="S30:U30"/>
+  <mergeCells count="5">
     <mergeCell ref="B4:AE4"/>
     <mergeCell ref="B6:AE6"/>
     <mergeCell ref="R15:AE15"/>
     <mergeCell ref="R16:AE16"/>
     <mergeCell ref="X8:Z8"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA03597F-1C90-48B2-96DD-155C14D22FE5}">
   <dimension ref="B2:AE34"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="L6" sqref="L6:AE6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
+      <c r="B2" s="42" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="47"/>
-[...27 lines deleted...]
-      <c r="AE2" s="47"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="42"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="42"/>
+      <c r="T2" s="42"/>
+      <c r="U2" s="42"/>
+      <c r="V2" s="42"/>
+      <c r="W2" s="42"/>
+      <c r="X2" s="42"/>
+      <c r="Y2" s="42"/>
+      <c r="Z2" s="42"/>
+      <c r="AA2" s="42"/>
+      <c r="AB2" s="42"/>
+      <c r="AC2" s="42"/>
+      <c r="AD2" s="42"/>
+      <c r="AE2" s="42"/>
     </row>
     <row r="4" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="28" t="s">
+      <c r="B4" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="28"/>
-[...27 lines deleted...]
-      <c r="AE4" s="28"/>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+      <c r="O4" s="26"/>
+      <c r="P4" s="26"/>
+      <c r="Q4" s="26"/>
+      <c r="R4" s="26"/>
+      <c r="S4" s="26"/>
+      <c r="T4" s="26"/>
+      <c r="U4" s="26"/>
+      <c r="V4" s="26"/>
+      <c r="W4" s="26"/>
+      <c r="X4" s="26"/>
+      <c r="Y4" s="26"/>
+      <c r="Z4" s="26"/>
+      <c r="AA4" s="26"/>
+      <c r="AB4" s="26"/>
+      <c r="AC4" s="26"/>
+      <c r="AD4" s="26"/>
+      <c r="AE4" s="26"/>
     </row>
     <row r="5" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="1" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
     </row>
     <row r="6" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE6" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L6" s="43"/>
+      <c r="M6" s="43"/>
+      <c r="N6" s="43"/>
+      <c r="O6" s="43"/>
+      <c r="P6" s="43"/>
+      <c r="Q6" s="43"/>
+      <c r="R6" s="43"/>
+      <c r="S6" s="43"/>
+      <c r="T6" s="43"/>
+      <c r="U6" s="43"/>
+      <c r="V6" s="43"/>
+      <c r="W6" s="43"/>
+      <c r="X6" s="43"/>
+      <c r="Y6" s="43"/>
+      <c r="Z6" s="43"/>
+      <c r="AA6" s="43"/>
+      <c r="AB6" s="43"/>
+      <c r="AC6" s="43"/>
+      <c r="AD6" s="43"/>
+      <c r="AE6" s="43"/>
     </row>
     <row r="7" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE7" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="43"/>
+      <c r="N7" s="43"/>
+      <c r="O7" s="43"/>
+      <c r="P7" s="43"/>
+      <c r="Q7" s="43"/>
+      <c r="R7" s="43"/>
+      <c r="S7" s="43"/>
+      <c r="T7" s="43"/>
+      <c r="U7" s="43"/>
+      <c r="V7" s="43"/>
+      <c r="W7" s="43"/>
+      <c r="X7" s="43"/>
+      <c r="Y7" s="43"/>
+      <c r="Z7" s="43"/>
+      <c r="AA7" s="43"/>
+      <c r="AB7" s="43"/>
+      <c r="AC7" s="43"/>
+      <c r="AD7" s="43"/>
+      <c r="AE7" s="43"/>
     </row>
     <row r="8" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L8" s="45"/>
-[...18 lines deleted...]
-      <c r="AE8" s="45"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="43"/>
+      <c r="N8" s="43"/>
+      <c r="O8" s="43"/>
+      <c r="P8" s="43"/>
+      <c r="Q8" s="43"/>
+      <c r="R8" s="43"/>
+      <c r="S8" s="43"/>
+      <c r="T8" s="43"/>
+      <c r="U8" s="43"/>
+      <c r="V8" s="43"/>
+      <c r="W8" s="43"/>
+      <c r="X8" s="43"/>
+      <c r="Y8" s="43"/>
+      <c r="Z8" s="43"/>
+      <c r="AA8" s="43"/>
+      <c r="AB8" s="43"/>
+      <c r="AC8" s="43"/>
+      <c r="AD8" s="43"/>
+      <c r="AE8" s="43"/>
     </row>
     <row r="9" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P9" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M9" s="41"/>
+      <c r="N9" s="41"/>
+      <c r="O9" s="41"/>
+      <c r="P9" s="41"/>
     </row>
     <row r="10" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="1" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-      <c r="AE10" s="45"/>
+        <v>19</v>
+      </c>
+      <c r="L10" s="43"/>
+      <c r="M10" s="43"/>
+      <c r="N10" s="43"/>
+      <c r="O10" s="43"/>
+      <c r="P10" s="43"/>
+      <c r="Q10" s="43"/>
+      <c r="R10" s="43"/>
+      <c r="S10" s="43"/>
+      <c r="T10" s="43"/>
+      <c r="U10" s="43"/>
+      <c r="V10" s="43"/>
+      <c r="W10" s="43"/>
+      <c r="X10" s="43"/>
+      <c r="Y10" s="43"/>
+      <c r="Z10" s="43"/>
+      <c r="AA10" s="43"/>
+      <c r="AB10" s="43"/>
+      <c r="AC10" s="43"/>
+      <c r="AD10" s="43"/>
+      <c r="AE10" s="43"/>
     </row>
     <row r="11" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="1" t="s">
-        <v>21</v>
-[...5 lines deleted...]
-      <c r="P11" s="46"/>
+        <v>20</v>
+      </c>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
     </row>
     <row r="12" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="R12" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="R12" s="5" t="s">
+      <c r="S12" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="S12" s="1" t="s">
+      <c r="W12" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="X12" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="W12" s="5" t="s">
-[...36 lines deleted...]
-      <c r="AE13" s="28"/>
+    </row>
+    <row r="13" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B13" s="26"/>
+      <c r="C13" s="26"/>
+      <c r="D13" s="26"/>
+      <c r="E13" s="26"/>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="26"/>
+      <c r="J13" s="26"/>
+      <c r="K13" s="26"/>
+      <c r="L13" s="26"/>
+      <c r="M13" s="26"/>
+      <c r="N13" s="26"/>
+      <c r="O13" s="26"/>
+      <c r="P13" s="26"/>
+      <c r="Q13" s="26"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="26"/>
+      <c r="T13" s="26"/>
+      <c r="U13" s="26"/>
+      <c r="V13" s="26"/>
+      <c r="W13" s="26"/>
+      <c r="X13" s="26"/>
+      <c r="Y13" s="26"/>
+      <c r="Z13" s="26"/>
+      <c r="AA13" s="26"/>
+      <c r="AB13" s="26"/>
+      <c r="AC13" s="26"/>
+      <c r="AD13" s="26"/>
+      <c r="AE13" s="26"/>
     </row>
     <row r="14" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="1" t="s">
-        <v>27</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE15" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L15" s="43"/>
+      <c r="M15" s="43"/>
+      <c r="N15" s="43"/>
+      <c r="O15" s="43"/>
+      <c r="P15" s="43"/>
+      <c r="Q15" s="43"/>
+      <c r="R15" s="43"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="43"/>
+      <c r="AB15" s="43"/>
+      <c r="AC15" s="43"/>
+      <c r="AD15" s="43"/>
+      <c r="AE15" s="43"/>
     </row>
     <row r="16" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE16" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="43"/>
+      <c r="P16" s="43"/>
+      <c r="Q16" s="43"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="43"/>
+      <c r="U16" s="43"/>
+      <c r="V16" s="43"/>
+      <c r="W16" s="43"/>
+      <c r="X16" s="43"/>
+      <c r="Y16" s="43"/>
+      <c r="Z16" s="43"/>
+      <c r="AA16" s="43"/>
+      <c r="AB16" s="43"/>
+      <c r="AC16" s="43"/>
+      <c r="AD16" s="43"/>
+      <c r="AE16" s="43"/>
     </row>
     <row r="17" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L17" s="45"/>
-[...18 lines deleted...]
-      <c r="AE17" s="45"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="43"/>
+      <c r="P17" s="43"/>
+      <c r="Q17" s="43"/>
+      <c r="R17" s="43"/>
+      <c r="S17" s="43"/>
+      <c r="T17" s="43"/>
+      <c r="U17" s="43"/>
+      <c r="V17" s="43"/>
+      <c r="W17" s="43"/>
+      <c r="X17" s="43"/>
+      <c r="Y17" s="43"/>
+      <c r="Z17" s="43"/>
+      <c r="AA17" s="43"/>
+      <c r="AB17" s="43"/>
+      <c r="AC17" s="43"/>
+      <c r="AD17" s="43"/>
+      <c r="AE17" s="43"/>
     </row>
     <row r="18" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P18" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M18" s="41"/>
+      <c r="N18" s="41"/>
+      <c r="O18" s="41"/>
+      <c r="P18" s="41"/>
     </row>
     <row r="19" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="1" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-      <c r="AE19" s="45"/>
+        <v>19</v>
+      </c>
+      <c r="L19" s="43"/>
+      <c r="M19" s="43"/>
+      <c r="N19" s="43"/>
+      <c r="O19" s="43"/>
+      <c r="P19" s="43"/>
+      <c r="Q19" s="43"/>
+      <c r="R19" s="43"/>
+      <c r="S19" s="43"/>
+      <c r="T19" s="43"/>
+      <c r="U19" s="43"/>
+      <c r="V19" s="43"/>
+      <c r="W19" s="43"/>
+      <c r="X19" s="43"/>
+      <c r="Y19" s="43"/>
+      <c r="Z19" s="43"/>
+      <c r="AA19" s="43"/>
+      <c r="AB19" s="43"/>
+      <c r="AC19" s="43"/>
+      <c r="AD19" s="43"/>
+      <c r="AE19" s="43"/>
     </row>
     <row r="20" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="1" t="s">
-        <v>21</v>
-[...37 lines deleted...]
-      <c r="AE21" s="28"/>
+        <v>20</v>
+      </c>
+      <c r="L20" s="41"/>
+      <c r="M20" s="41"/>
+      <c r="N20" s="41"/>
+      <c r="O20" s="41"/>
+      <c r="P20" s="41"/>
+    </row>
+    <row r="21" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B21" s="26"/>
+      <c r="C21" s="26"/>
+      <c r="D21" s="26"/>
+      <c r="E21" s="26"/>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="26"/>
+      <c r="I21" s="26"/>
+      <c r="J21" s="26"/>
+      <c r="K21" s="26"/>
+      <c r="L21" s="26"/>
+      <c r="M21" s="26"/>
+      <c r="N21" s="26"/>
+      <c r="O21" s="26"/>
+      <c r="P21" s="26"/>
+      <c r="Q21" s="26"/>
+      <c r="R21" s="26"/>
+      <c r="S21" s="26"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="26"/>
+      <c r="V21" s="26"/>
+      <c r="W21" s="26"/>
+      <c r="X21" s="26"/>
+      <c r="Y21" s="26"/>
+      <c r="Z21" s="26"/>
+      <c r="AA21" s="26"/>
+      <c r="AB21" s="26"/>
+      <c r="AC21" s="26"/>
+      <c r="AD21" s="26"/>
+      <c r="AE21" s="26"/>
     </row>
     <row r="22" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="1" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE23" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L23" s="43"/>
+      <c r="M23" s="43"/>
+      <c r="N23" s="43"/>
+      <c r="O23" s="43"/>
+      <c r="P23" s="43"/>
+      <c r="Q23" s="43"/>
+      <c r="R23" s="43"/>
+      <c r="S23" s="43"/>
+      <c r="T23" s="43"/>
+      <c r="U23" s="43"/>
+      <c r="V23" s="43"/>
+      <c r="W23" s="43"/>
+      <c r="X23" s="43"/>
+      <c r="Y23" s="43"/>
+      <c r="Z23" s="43"/>
+      <c r="AA23" s="43"/>
+      <c r="AB23" s="43"/>
+      <c r="AC23" s="43"/>
+      <c r="AD23" s="43"/>
+      <c r="AE23" s="43"/>
     </row>
     <row r="24" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE24" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L24" s="43"/>
+      <c r="M24" s="43"/>
+      <c r="N24" s="43"/>
+      <c r="O24" s="43"/>
+      <c r="P24" s="43"/>
+      <c r="Q24" s="43"/>
+      <c r="R24" s="43"/>
+      <c r="S24" s="43"/>
+      <c r="T24" s="43"/>
+      <c r="U24" s="43"/>
+      <c r="V24" s="43"/>
+      <c r="W24" s="43"/>
+      <c r="X24" s="43"/>
+      <c r="Y24" s="43"/>
+      <c r="Z24" s="43"/>
+      <c r="AA24" s="43"/>
+      <c r="AB24" s="43"/>
+      <c r="AC24" s="43"/>
+      <c r="AD24" s="43"/>
+      <c r="AE24" s="43"/>
     </row>
     <row r="25" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L25" s="45"/>
-[...18 lines deleted...]
-      <c r="AE25" s="45"/>
+      <c r="L25" s="43"/>
+      <c r="M25" s="43"/>
+      <c r="N25" s="43"/>
+      <c r="O25" s="43"/>
+      <c r="P25" s="43"/>
+      <c r="Q25" s="43"/>
+      <c r="R25" s="43"/>
+      <c r="S25" s="43"/>
+      <c r="T25" s="43"/>
+      <c r="U25" s="43"/>
+      <c r="V25" s="43"/>
+      <c r="W25" s="43"/>
+      <c r="X25" s="43"/>
+      <c r="Y25" s="43"/>
+      <c r="Z25" s="43"/>
+      <c r="AA25" s="43"/>
+      <c r="AB25" s="43"/>
+      <c r="AC25" s="43"/>
+      <c r="AD25" s="43"/>
+      <c r="AE25" s="43"/>
     </row>
     <row r="26" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="1" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      <c r="P26" s="46"/>
+        <v>18</v>
+      </c>
+      <c r="L26" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M26" s="41"/>
+      <c r="N26" s="41"/>
+      <c r="O26" s="41"/>
+      <c r="P26" s="41"/>
     </row>
     <row r="27" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B27" s="1" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-      <c r="AE27" s="45"/>
+        <v>19</v>
+      </c>
+      <c r="L27" s="43"/>
+      <c r="M27" s="43"/>
+      <c r="N27" s="43"/>
+      <c r="O27" s="43"/>
+      <c r="P27" s="43"/>
+      <c r="Q27" s="43"/>
+      <c r="R27" s="43"/>
+      <c r="S27" s="43"/>
+      <c r="T27" s="43"/>
+      <c r="U27" s="43"/>
+      <c r="V27" s="43"/>
+      <c r="W27" s="43"/>
+      <c r="X27" s="43"/>
+      <c r="Y27" s="43"/>
+      <c r="Z27" s="43"/>
+      <c r="AA27" s="43"/>
+      <c r="AB27" s="43"/>
+      <c r="AC27" s="43"/>
+      <c r="AD27" s="43"/>
+      <c r="AE27" s="43"/>
     </row>
     <row r="28" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="1" t="s">
-        <v>21</v>
-[...37 lines deleted...]
-      <c r="AE29" s="28"/>
+        <v>20</v>
+      </c>
+      <c r="L28" s="41"/>
+      <c r="M28" s="41"/>
+      <c r="N28" s="41"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="41"/>
+    </row>
+    <row r="29" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B29" s="26"/>
+      <c r="C29" s="26"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="26"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="26"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+      <c r="K29" s="26"/>
+      <c r="L29" s="26"/>
+      <c r="M29" s="26"/>
+      <c r="N29" s="26"/>
+      <c r="O29" s="26"/>
+      <c r="P29" s="26"/>
+      <c r="Q29" s="26"/>
+      <c r="R29" s="26"/>
+      <c r="S29" s="26"/>
+      <c r="T29" s="26"/>
+      <c r="U29" s="26"/>
+      <c r="V29" s="26"/>
+      <c r="W29" s="26"/>
+      <c r="X29" s="26"/>
+      <c r="Y29" s="26"/>
+      <c r="Z29" s="26"/>
+      <c r="AA29" s="26"/>
+      <c r="AB29" s="26"/>
+      <c r="AC29" s="26"/>
+      <c r="AD29" s="26"/>
+      <c r="AE29" s="26"/>
     </row>
     <row r="30" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="1" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
     </row>
     <row r="31" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B31" s="45"/>
-[...28 lines deleted...]
-      <c r="AE31" s="45"/>
+      <c r="B31" s="43"/>
+      <c r="C31" s="43"/>
+      <c r="D31" s="43"/>
+      <c r="E31" s="43"/>
+      <c r="F31" s="43"/>
+      <c r="G31" s="43"/>
+      <c r="H31" s="43"/>
+      <c r="I31" s="43"/>
+      <c r="J31" s="43"/>
+      <c r="K31" s="43"/>
+      <c r="L31" s="43"/>
+      <c r="M31" s="43"/>
+      <c r="N31" s="43"/>
+      <c r="O31" s="43"/>
+      <c r="P31" s="43"/>
+      <c r="Q31" s="43"/>
+      <c r="R31" s="43"/>
+      <c r="S31" s="43"/>
+      <c r="T31" s="43"/>
+      <c r="U31" s="43"/>
+      <c r="V31" s="43"/>
+      <c r="W31" s="43"/>
+      <c r="X31" s="43"/>
+      <c r="Y31" s="43"/>
+      <c r="Z31" s="43"/>
+      <c r="AA31" s="43"/>
+      <c r="AB31" s="43"/>
+      <c r="AC31" s="43"/>
+      <c r="AD31" s="43"/>
+      <c r="AE31" s="43"/>
     </row>
     <row r="32" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B32" s="45"/>
-[...28 lines deleted...]
-      <c r="AE32" s="45"/>
+      <c r="B32" s="43"/>
+      <c r="C32" s="43"/>
+      <c r="D32" s="43"/>
+      <c r="E32" s="43"/>
+      <c r="F32" s="43"/>
+      <c r="G32" s="43"/>
+      <c r="H32" s="43"/>
+      <c r="I32" s="43"/>
+      <c r="J32" s="43"/>
+      <c r="K32" s="43"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="43"/>
+      <c r="N32" s="43"/>
+      <c r="O32" s="43"/>
+      <c r="P32" s="43"/>
+      <c r="Q32" s="43"/>
+      <c r="R32" s="43"/>
+      <c r="S32" s="43"/>
+      <c r="T32" s="43"/>
+      <c r="U32" s="43"/>
+      <c r="V32" s="43"/>
+      <c r="W32" s="43"/>
+      <c r="X32" s="43"/>
+      <c r="Y32" s="43"/>
+      <c r="Z32" s="43"/>
+      <c r="AA32" s="43"/>
+      <c r="AB32" s="43"/>
+      <c r="AC32" s="43"/>
+      <c r="AD32" s="43"/>
+      <c r="AE32" s="43"/>
     </row>
     <row r="33" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B33" s="45"/>
-[...28 lines deleted...]
-      <c r="AE33" s="45"/>
+      <c r="B33" s="43"/>
+      <c r="C33" s="43"/>
+      <c r="D33" s="43"/>
+      <c r="E33" s="43"/>
+      <c r="F33" s="43"/>
+      <c r="G33" s="43"/>
+      <c r="H33" s="43"/>
+      <c r="I33" s="43"/>
+      <c r="J33" s="43"/>
+      <c r="K33" s="43"/>
+      <c r="L33" s="43"/>
+      <c r="M33" s="43"/>
+      <c r="N33" s="43"/>
+      <c r="O33" s="43"/>
+      <c r="P33" s="43"/>
+      <c r="Q33" s="43"/>
+      <c r="R33" s="43"/>
+      <c r="S33" s="43"/>
+      <c r="T33" s="43"/>
+      <c r="U33" s="43"/>
+      <c r="V33" s="43"/>
+      <c r="W33" s="43"/>
+      <c r="X33" s="43"/>
+      <c r="Y33" s="43"/>
+      <c r="Z33" s="43"/>
+      <c r="AA33" s="43"/>
+      <c r="AB33" s="43"/>
+      <c r="AC33" s="43"/>
+      <c r="AD33" s="43"/>
+      <c r="AE33" s="43"/>
     </row>
     <row r="34" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B34" s="45"/>
-[...28 lines deleted...]
-      <c r="AE34" s="45"/>
+      <c r="B34" s="43"/>
+      <c r="C34" s="43"/>
+      <c r="D34" s="43"/>
+      <c r="E34" s="43"/>
+      <c r="F34" s="43"/>
+      <c r="G34" s="43"/>
+      <c r="H34" s="43"/>
+      <c r="I34" s="43"/>
+      <c r="J34" s="43"/>
+      <c r="K34" s="43"/>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="43"/>
+      <c r="P34" s="43"/>
+      <c r="Q34" s="43"/>
+      <c r="R34" s="43"/>
+      <c r="S34" s="43"/>
+      <c r="T34" s="43"/>
+      <c r="U34" s="43"/>
+      <c r="V34" s="43"/>
+      <c r="W34" s="43"/>
+      <c r="X34" s="43"/>
+      <c r="Y34" s="43"/>
+      <c r="Z34" s="43"/>
+      <c r="AA34" s="43"/>
+      <c r="AB34" s="43"/>
+      <c r="AC34" s="43"/>
+      <c r="AD34" s="43"/>
+      <c r="AE34" s="43"/>
     </row>
   </sheetData>
   <mergeCells count="23">
-    <mergeCell ref="L28:P28"/>
-[...5 lines deleted...]
-    <mergeCell ref="M9:P9"/>
     <mergeCell ref="B32:AE32"/>
     <mergeCell ref="B33:AE33"/>
     <mergeCell ref="B34:AE34"/>
     <mergeCell ref="L8:AE8"/>
     <mergeCell ref="L17:AE17"/>
     <mergeCell ref="L15:AE15"/>
     <mergeCell ref="L16:AE16"/>
     <mergeCell ref="M18:P18"/>
     <mergeCell ref="L19:AE19"/>
     <mergeCell ref="L20:P20"/>
     <mergeCell ref="B31:AE31"/>
     <mergeCell ref="L23:AE23"/>
     <mergeCell ref="L24:AE24"/>
     <mergeCell ref="L25:AE25"/>
     <mergeCell ref="M26:P26"/>
     <mergeCell ref="L27:AE27"/>
+    <mergeCell ref="L28:P28"/>
+    <mergeCell ref="B2:AE2"/>
+    <mergeCell ref="L6:AE6"/>
+    <mergeCell ref="L7:AE7"/>
+    <mergeCell ref="L10:AE10"/>
+    <mergeCell ref="L11:P11"/>
+    <mergeCell ref="M9:P9"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="R12 W12" xr:uid="{7E577E53-9A7D-412D-A938-1EB3732B4F7B}">
       <formula1>選択</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A67281F1-799E-46E3-835D-54A97EFB2628}">
   <dimension ref="B2:AE40"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="L6" sqref="L6:AE6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
-[...30 lines deleted...]
-      <c r="AE2" s="47"/>
+      <c r="B2" s="42" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="42"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="42"/>
+      <c r="T2" s="42"/>
+      <c r="U2" s="42"/>
+      <c r="V2" s="42"/>
+      <c r="W2" s="42"/>
+      <c r="X2" s="42"/>
+      <c r="Y2" s="42"/>
+      <c r="Z2" s="42"/>
+      <c r="AA2" s="42"/>
+      <c r="AB2" s="42"/>
+      <c r="AC2" s="42"/>
+      <c r="AD2" s="42"/>
+      <c r="AE2" s="42"/>
     </row>
     <row r="4" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="28" t="s">
-[...30 lines deleted...]
-      <c r="AE4" s="28"/>
+      <c r="B4" s="26" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+      <c r="O4" s="26"/>
+      <c r="P4" s="26"/>
+      <c r="Q4" s="26"/>
+      <c r="R4" s="26"/>
+      <c r="S4" s="26"/>
+      <c r="T4" s="26"/>
+      <c r="U4" s="26"/>
+      <c r="V4" s="26"/>
+      <c r="W4" s="26"/>
+      <c r="X4" s="26"/>
+      <c r="Y4" s="26"/>
+      <c r="Z4" s="26"/>
+      <c r="AA4" s="26"/>
+      <c r="AB4" s="26"/>
+      <c r="AC4" s="26"/>
+      <c r="AD4" s="26"/>
+      <c r="AE4" s="26"/>
     </row>
     <row r="5" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="1" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE6" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L6" s="43"/>
+      <c r="M6" s="43"/>
+      <c r="N6" s="43"/>
+      <c r="O6" s="43"/>
+      <c r="P6" s="43"/>
+      <c r="Q6" s="43"/>
+      <c r="R6" s="43"/>
+      <c r="S6" s="43"/>
+      <c r="T6" s="43"/>
+      <c r="U6" s="43"/>
+      <c r="V6" s="43"/>
+      <c r="W6" s="43"/>
+      <c r="X6" s="43"/>
+      <c r="Y6" s="43"/>
+      <c r="Z6" s="43"/>
+      <c r="AA6" s="43"/>
+      <c r="AB6" s="43"/>
+      <c r="AC6" s="43"/>
+      <c r="AD6" s="43"/>
+      <c r="AE6" s="43"/>
     </row>
     <row r="7" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE7" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="43"/>
+      <c r="N7" s="43"/>
+      <c r="O7" s="43"/>
+      <c r="P7" s="43"/>
+      <c r="Q7" s="43"/>
+      <c r="R7" s="43"/>
+      <c r="S7" s="43"/>
+      <c r="T7" s="43"/>
+      <c r="U7" s="43"/>
+      <c r="V7" s="43"/>
+      <c r="W7" s="43"/>
+      <c r="X7" s="43"/>
+      <c r="Y7" s="43"/>
+      <c r="Z7" s="43"/>
+      <c r="AA7" s="43"/>
+      <c r="AB7" s="43"/>
+      <c r="AC7" s="43"/>
+      <c r="AD7" s="43"/>
+      <c r="AE7" s="43"/>
     </row>
     <row r="8" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L8" s="45"/>
-[...18 lines deleted...]
-      <c r="AE8" s="45"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="43"/>
+      <c r="N8" s="43"/>
+      <c r="O8" s="43"/>
+      <c r="P8" s="43"/>
+      <c r="Q8" s="43"/>
+      <c r="R8" s="43"/>
+      <c r="S8" s="43"/>
+      <c r="T8" s="43"/>
+      <c r="U8" s="43"/>
+      <c r="V8" s="43"/>
+      <c r="W8" s="43"/>
+      <c r="X8" s="43"/>
+      <c r="Y8" s="43"/>
+      <c r="Z8" s="43"/>
+      <c r="AA8" s="43"/>
+      <c r="AB8" s="43"/>
+      <c r="AC8" s="43"/>
+      <c r="AD8" s="43"/>
+      <c r="AE8" s="43"/>
     </row>
     <row r="9" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P9" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M9" s="41"/>
+      <c r="N9" s="41"/>
+      <c r="O9" s="41"/>
+      <c r="P9" s="41"/>
     </row>
     <row r="10" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="1" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-      <c r="AE10" s="45"/>
+        <v>19</v>
+      </c>
+      <c r="L10" s="43"/>
+      <c r="M10" s="43"/>
+      <c r="N10" s="43"/>
+      <c r="O10" s="43"/>
+      <c r="P10" s="43"/>
+      <c r="Q10" s="43"/>
+      <c r="R10" s="43"/>
+      <c r="S10" s="43"/>
+      <c r="T10" s="43"/>
+      <c r="U10" s="43"/>
+      <c r="V10" s="43"/>
+      <c r="W10" s="43"/>
+      <c r="X10" s="43"/>
+      <c r="Y10" s="43"/>
+      <c r="Z10" s="43"/>
+      <c r="AA10" s="43"/>
+      <c r="AB10" s="43"/>
+      <c r="AC10" s="43"/>
+      <c r="AD10" s="43"/>
+      <c r="AE10" s="43"/>
     </row>
     <row r="11" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
+    </row>
+    <row r="12" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B12" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="L11" s="46"/>
-[...6 lines deleted...]
-      <c r="B12" s="57" t="s">
+      <c r="R12" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="57"/>
-[...14 lines deleted...]
-      <c r="R12" s="58" t="s">
+      <c r="S12" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="S12" s="57" t="s">
+      <c r="W12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="X12" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="T12" s="57"/>
-[...14 lines deleted...]
-      <c r="AE12" s="57"/>
     </row>
     <row r="13" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="28"/>
-[...28 lines deleted...]
-      <c r="AE13" s="28"/>
+      <c r="B13" s="26"/>
+      <c r="C13" s="26"/>
+      <c r="D13" s="26"/>
+      <c r="E13" s="26"/>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="26"/>
+      <c r="J13" s="26"/>
+      <c r="K13" s="26"/>
+      <c r="L13" s="26"/>
+      <c r="M13" s="26"/>
+      <c r="N13" s="26"/>
+      <c r="O13" s="26"/>
+      <c r="P13" s="26"/>
+      <c r="Q13" s="26"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="26"/>
+      <c r="T13" s="26"/>
+      <c r="U13" s="26"/>
+      <c r="V13" s="26"/>
+      <c r="W13" s="26"/>
+      <c r="X13" s="26"/>
+      <c r="Y13" s="26"/>
+      <c r="Z13" s="26"/>
+      <c r="AA13" s="26"/>
+      <c r="AB13" s="26"/>
+      <c r="AC13" s="26"/>
+      <c r="AD13" s="26"/>
+      <c r="AE13" s="26"/>
     </row>
     <row r="14" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE15" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L15" s="43"/>
+      <c r="M15" s="43"/>
+      <c r="N15" s="43"/>
+      <c r="O15" s="43"/>
+      <c r="P15" s="43"/>
+      <c r="Q15" s="43"/>
+      <c r="R15" s="43"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="43"/>
+      <c r="AB15" s="43"/>
+      <c r="AC15" s="43"/>
+      <c r="AD15" s="43"/>
+      <c r="AE15" s="43"/>
     </row>
     <row r="16" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE16" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="43"/>
+      <c r="P16" s="43"/>
+      <c r="Q16" s="43"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="43"/>
+      <c r="U16" s="43"/>
+      <c r="V16" s="43"/>
+      <c r="W16" s="43"/>
+      <c r="X16" s="43"/>
+      <c r="Y16" s="43"/>
+      <c r="Z16" s="43"/>
+      <c r="AA16" s="43"/>
+      <c r="AB16" s="43"/>
+      <c r="AC16" s="43"/>
+      <c r="AD16" s="43"/>
+      <c r="AE16" s="43"/>
     </row>
     <row r="17" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L17" s="45"/>
-[...18 lines deleted...]
-      <c r="AE17" s="45"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="43"/>
+      <c r="P17" s="43"/>
+      <c r="Q17" s="43"/>
+      <c r="R17" s="43"/>
+      <c r="S17" s="43"/>
+      <c r="T17" s="43"/>
+      <c r="U17" s="43"/>
+      <c r="V17" s="43"/>
+      <c r="W17" s="43"/>
+      <c r="X17" s="43"/>
+      <c r="Y17" s="43"/>
+      <c r="Z17" s="43"/>
+      <c r="AA17" s="43"/>
+      <c r="AB17" s="43"/>
+      <c r="AC17" s="43"/>
+      <c r="AD17" s="43"/>
+      <c r="AE17" s="43"/>
     </row>
     <row r="18" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P18" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M18" s="41"/>
+      <c r="N18" s="41"/>
+      <c r="O18" s="41"/>
+      <c r="P18" s="41"/>
     </row>
     <row r="19" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="1" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-      <c r="AE19" s="45"/>
+        <v>19</v>
+      </c>
+      <c r="L19" s="43"/>
+      <c r="M19" s="43"/>
+      <c r="N19" s="43"/>
+      <c r="O19" s="43"/>
+      <c r="P19" s="43"/>
+      <c r="Q19" s="43"/>
+      <c r="R19" s="43"/>
+      <c r="S19" s="43"/>
+      <c r="T19" s="43"/>
+      <c r="U19" s="43"/>
+      <c r="V19" s="43"/>
+      <c r="W19" s="43"/>
+      <c r="X19" s="43"/>
+      <c r="Y19" s="43"/>
+      <c r="Z19" s="43"/>
+      <c r="AA19" s="43"/>
+      <c r="AB19" s="43"/>
+      <c r="AC19" s="43"/>
+      <c r="AD19" s="43"/>
+      <c r="AE19" s="43"/>
     </row>
     <row r="20" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="L20" s="41"/>
+      <c r="M20" s="41"/>
+      <c r="N20" s="41"/>
+      <c r="O20" s="41"/>
+      <c r="P20" s="41"/>
+    </row>
+    <row r="21" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B21" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="L20" s="46"/>
-[...6 lines deleted...]
-      <c r="B21" s="57" t="s">
+      <c r="R21" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C21" s="57"/>
-[...14 lines deleted...]
-      <c r="R21" s="58" t="s">
+      <c r="S21" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="S21" s="57" t="s">
+      <c r="W21" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="X21" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="T21" s="57"/>
-[...14 lines deleted...]
-      <c r="AE21" s="57"/>
     </row>
     <row r="22" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B22" s="28"/>
-[...28 lines deleted...]
-      <c r="AE22" s="28"/>
+      <c r="B22" s="26"/>
+      <c r="C22" s="26"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="26"/>
+      <c r="F22" s="26"/>
+      <c r="G22" s="26"/>
+      <c r="H22" s="26"/>
+      <c r="I22" s="26"/>
+      <c r="J22" s="26"/>
+      <c r="K22" s="26"/>
+      <c r="L22" s="26"/>
+      <c r="M22" s="26"/>
+      <c r="N22" s="26"/>
+      <c r="O22" s="26"/>
+      <c r="P22" s="26"/>
+      <c r="Q22" s="26"/>
+      <c r="R22" s="26"/>
+      <c r="S22" s="26"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="26"/>
+      <c r="V22" s="26"/>
+      <c r="W22" s="26"/>
+      <c r="X22" s="26"/>
+      <c r="Y22" s="26"/>
+      <c r="Z22" s="26"/>
+      <c r="AA22" s="26"/>
+      <c r="AB22" s="26"/>
+      <c r="AC22" s="26"/>
+      <c r="AD22" s="26"/>
+      <c r="AE22" s="26"/>
     </row>
     <row r="23" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE24" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L24" s="43"/>
+      <c r="M24" s="43"/>
+      <c r="N24" s="43"/>
+      <c r="O24" s="43"/>
+      <c r="P24" s="43"/>
+      <c r="Q24" s="43"/>
+      <c r="R24" s="43"/>
+      <c r="S24" s="43"/>
+      <c r="T24" s="43"/>
+      <c r="U24" s="43"/>
+      <c r="V24" s="43"/>
+      <c r="W24" s="43"/>
+      <c r="X24" s="43"/>
+      <c r="Y24" s="43"/>
+      <c r="Z24" s="43"/>
+      <c r="AA24" s="43"/>
+      <c r="AB24" s="43"/>
+      <c r="AC24" s="43"/>
+      <c r="AD24" s="43"/>
+      <c r="AE24" s="43"/>
     </row>
     <row r="25" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE25" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L25" s="43"/>
+      <c r="M25" s="43"/>
+      <c r="N25" s="43"/>
+      <c r="O25" s="43"/>
+      <c r="P25" s="43"/>
+      <c r="Q25" s="43"/>
+      <c r="R25" s="43"/>
+      <c r="S25" s="43"/>
+      <c r="T25" s="43"/>
+      <c r="U25" s="43"/>
+      <c r="V25" s="43"/>
+      <c r="W25" s="43"/>
+      <c r="X25" s="43"/>
+      <c r="Y25" s="43"/>
+      <c r="Z25" s="43"/>
+      <c r="AA25" s="43"/>
+      <c r="AB25" s="43"/>
+      <c r="AC25" s="43"/>
+      <c r="AD25" s="43"/>
+      <c r="AE25" s="43"/>
     </row>
     <row r="26" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L26" s="45"/>
-[...18 lines deleted...]
-      <c r="AE26" s="45"/>
+      <c r="L26" s="43"/>
+      <c r="M26" s="43"/>
+      <c r="N26" s="43"/>
+      <c r="O26" s="43"/>
+      <c r="P26" s="43"/>
+      <c r="Q26" s="43"/>
+      <c r="R26" s="43"/>
+      <c r="S26" s="43"/>
+      <c r="T26" s="43"/>
+      <c r="U26" s="43"/>
+      <c r="V26" s="43"/>
+      <c r="W26" s="43"/>
+      <c r="X26" s="43"/>
+      <c r="Y26" s="43"/>
+      <c r="Z26" s="43"/>
+      <c r="AA26" s="43"/>
+      <c r="AB26" s="43"/>
+      <c r="AC26" s="43"/>
+      <c r="AD26" s="43"/>
+      <c r="AE26" s="43"/>
     </row>
     <row r="27" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B27" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P27" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+      <c r="O27" s="41"/>
+      <c r="P27" s="41"/>
     </row>
     <row r="28" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="1" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-      <c r="AE28" s="45"/>
+        <v>19</v>
+      </c>
+      <c r="L28" s="43"/>
+      <c r="M28" s="43"/>
+      <c r="N28" s="43"/>
+      <c r="O28" s="43"/>
+      <c r="P28" s="43"/>
+      <c r="Q28" s="43"/>
+      <c r="R28" s="43"/>
+      <c r="S28" s="43"/>
+      <c r="T28" s="43"/>
+      <c r="U28" s="43"/>
+      <c r="V28" s="43"/>
+      <c r="W28" s="43"/>
+      <c r="X28" s="43"/>
+      <c r="Y28" s="43"/>
+      <c r="Z28" s="43"/>
+      <c r="AA28" s="43"/>
+      <c r="AB28" s="43"/>
+      <c r="AC28" s="43"/>
+      <c r="AD28" s="43"/>
+      <c r="AE28" s="43"/>
     </row>
     <row r="29" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="L29" s="41"/>
+      <c r="M29" s="41"/>
+      <c r="N29" s="41"/>
+      <c r="O29" s="41"/>
+      <c r="P29" s="41"/>
+    </row>
+    <row r="30" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B30" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="L29" s="46"/>
-[...6 lines deleted...]
-      <c r="B30" s="57" t="s">
+      <c r="R30" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C30" s="57"/>
-[...14 lines deleted...]
-      <c r="R30" s="58" t="s">
+      <c r="S30" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="S30" s="57" t="s">
+      <c r="W30" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="X30" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="T30" s="57"/>
-[...14 lines deleted...]
-      <c r="AE30" s="57"/>
     </row>
     <row r="31" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B31" s="59"/>
-[...28 lines deleted...]
-      <c r="AE31" s="59"/>
+      <c r="B31" s="26"/>
+      <c r="C31" s="26"/>
+      <c r="D31" s="26"/>
+      <c r="E31" s="26"/>
+      <c r="F31" s="26"/>
+      <c r="G31" s="26"/>
+      <c r="H31" s="26"/>
+      <c r="I31" s="26"/>
+      <c r="J31" s="26"/>
+      <c r="K31" s="26"/>
+      <c r="L31" s="26"/>
+      <c r="M31" s="26"/>
+      <c r="N31" s="26"/>
+      <c r="O31" s="26"/>
+      <c r="P31" s="26"/>
+      <c r="Q31" s="26"/>
+      <c r="R31" s="26"/>
+      <c r="S31" s="26"/>
+      <c r="T31" s="26"/>
+      <c r="U31" s="26"/>
+      <c r="V31" s="26"/>
+      <c r="W31" s="26"/>
+      <c r="X31" s="26"/>
+      <c r="Y31" s="26"/>
+      <c r="Z31" s="26"/>
+      <c r="AA31" s="26"/>
+      <c r="AB31" s="26"/>
+      <c r="AC31" s="26"/>
+      <c r="AD31" s="26"/>
+      <c r="AE31" s="26"/>
     </row>
     <row r="32" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE33" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L33" s="43"/>
+      <c r="M33" s="43"/>
+      <c r="N33" s="43"/>
+      <c r="O33" s="43"/>
+      <c r="P33" s="43"/>
+      <c r="Q33" s="43"/>
+      <c r="R33" s="43"/>
+      <c r="S33" s="43"/>
+      <c r="T33" s="43"/>
+      <c r="U33" s="43"/>
+      <c r="V33" s="43"/>
+      <c r="W33" s="43"/>
+      <c r="X33" s="43"/>
+      <c r="Y33" s="43"/>
+      <c r="Z33" s="43"/>
+      <c r="AA33" s="43"/>
+      <c r="AB33" s="43"/>
+      <c r="AC33" s="43"/>
+      <c r="AD33" s="43"/>
+      <c r="AE33" s="43"/>
     </row>
     <row r="34" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE34" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="43"/>
+      <c r="P34" s="43"/>
+      <c r="Q34" s="43"/>
+      <c r="R34" s="43"/>
+      <c r="S34" s="43"/>
+      <c r="T34" s="43"/>
+      <c r="U34" s="43"/>
+      <c r="V34" s="43"/>
+      <c r="W34" s="43"/>
+      <c r="X34" s="43"/>
+      <c r="Y34" s="43"/>
+      <c r="Z34" s="43"/>
+      <c r="AA34" s="43"/>
+      <c r="AB34" s="43"/>
+      <c r="AC34" s="43"/>
+      <c r="AD34" s="43"/>
+      <c r="AE34" s="43"/>
     </row>
     <row r="35" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L35" s="45"/>
-[...18 lines deleted...]
-      <c r="AE35" s="45"/>
+      <c r="L35" s="43"/>
+      <c r="M35" s="43"/>
+      <c r="N35" s="43"/>
+      <c r="O35" s="43"/>
+      <c r="P35" s="43"/>
+      <c r="Q35" s="43"/>
+      <c r="R35" s="43"/>
+      <c r="S35" s="43"/>
+      <c r="T35" s="43"/>
+      <c r="U35" s="43"/>
+      <c r="V35" s="43"/>
+      <c r="W35" s="43"/>
+      <c r="X35" s="43"/>
+      <c r="Y35" s="43"/>
+      <c r="Z35" s="43"/>
+      <c r="AA35" s="43"/>
+      <c r="AB35" s="43"/>
+      <c r="AC35" s="43"/>
+      <c r="AD35" s="43"/>
+      <c r="AE35" s="43"/>
     </row>
     <row r="36" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B36" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P36" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M36" s="41"/>
+      <c r="N36" s="41"/>
+      <c r="O36" s="41"/>
+      <c r="P36" s="41"/>
     </row>
     <row r="37" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B37" s="1" t="s">
-        <v>20</v>
-[...20 lines deleted...]
-      <c r="AE37" s="45"/>
+        <v>19</v>
+      </c>
+      <c r="L37" s="43"/>
+      <c r="M37" s="43"/>
+      <c r="N37" s="43"/>
+      <c r="O37" s="43"/>
+      <c r="P37" s="43"/>
+      <c r="Q37" s="43"/>
+      <c r="R37" s="43"/>
+      <c r="S37" s="43"/>
+      <c r="T37" s="43"/>
+      <c r="U37" s="43"/>
+      <c r="V37" s="43"/>
+      <c r="W37" s="43"/>
+      <c r="X37" s="43"/>
+      <c r="Y37" s="43"/>
+      <c r="Z37" s="43"/>
+      <c r="AA37" s="43"/>
+      <c r="AB37" s="43"/>
+      <c r="AC37" s="43"/>
+      <c r="AD37" s="43"/>
+      <c r="AE37" s="43"/>
     </row>
     <row r="38" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="L38" s="41"/>
+      <c r="M38" s="41"/>
+      <c r="N38" s="41"/>
+      <c r="O38" s="41"/>
+      <c r="P38" s="41"/>
+    </row>
+    <row r="39" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B39" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="L38" s="46"/>
-[...6 lines deleted...]
-      <c r="B39" s="57" t="s">
+      <c r="R39" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="C39" s="57"/>
-[...14 lines deleted...]
-      <c r="R39" s="58" t="s">
+      <c r="S39" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="S39" s="57" t="s">
+      <c r="W39" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="X39" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="T39" s="57"/>
-[...14 lines deleted...]
-      <c r="AE39" s="57"/>
     </row>
     <row r="40" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B40" s="59"/>
-[...28 lines deleted...]
-      <c r="AE40" s="59"/>
+      <c r="B40" s="26"/>
+      <c r="C40" s="26"/>
+      <c r="D40" s="26"/>
+      <c r="E40" s="26"/>
+      <c r="F40" s="26"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="26"/>
+      <c r="J40" s="26"/>
+      <c r="K40" s="26"/>
+      <c r="L40" s="26"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="26"/>
+      <c r="O40" s="26"/>
+      <c r="P40" s="26"/>
+      <c r="Q40" s="26"/>
+      <c r="R40" s="26"/>
+      <c r="S40" s="26"/>
+      <c r="T40" s="26"/>
+      <c r="U40" s="26"/>
+      <c r="V40" s="26"/>
+      <c r="W40" s="26"/>
+      <c r="X40" s="26"/>
+      <c r="Y40" s="26"/>
+      <c r="Z40" s="26"/>
+      <c r="AA40" s="26"/>
+      <c r="AB40" s="26"/>
+      <c r="AC40" s="26"/>
+      <c r="AD40" s="26"/>
+      <c r="AE40" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="25">
-    <mergeCell ref="L10:AE10"/>
-[...4 lines deleted...]
-    <mergeCell ref="M9:P9"/>
+    <mergeCell ref="L38:P38"/>
+    <mergeCell ref="L29:P29"/>
+    <mergeCell ref="L33:AE33"/>
+    <mergeCell ref="L34:AE34"/>
+    <mergeCell ref="L35:AE35"/>
+    <mergeCell ref="M36:P36"/>
+    <mergeCell ref="L37:AE37"/>
     <mergeCell ref="L28:AE28"/>
     <mergeCell ref="L11:P11"/>
     <mergeCell ref="L15:AE15"/>
     <mergeCell ref="L16:AE16"/>
     <mergeCell ref="L17:AE17"/>
     <mergeCell ref="M18:P18"/>
     <mergeCell ref="L19:AE19"/>
     <mergeCell ref="L20:P20"/>
     <mergeCell ref="L24:AE24"/>
     <mergeCell ref="L25:AE25"/>
     <mergeCell ref="L26:AE26"/>
     <mergeCell ref="M27:P27"/>
-    <mergeCell ref="L38:P38"/>
-[...5 lines deleted...]
-    <mergeCell ref="L37:AE37"/>
+    <mergeCell ref="L10:AE10"/>
+    <mergeCell ref="B2:AE2"/>
+    <mergeCell ref="L6:AE6"/>
+    <mergeCell ref="L7:AE7"/>
+    <mergeCell ref="L8:AE8"/>
+    <mergeCell ref="M9:P9"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="W12 R39 W21 R12 W30 R21 R30 W39" xr:uid="{605A644E-BB60-41B0-B7B2-2BADE20F6E8F}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="W12 R21 W21 R30 W30 R39 W39 R12" xr:uid="{605A644E-BB60-41B0-B7B2-2BADE20F6E8F}">
       <formula1>選択</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33F69E18-BBAE-442D-BA75-8CC9E661B2FD}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12E28857-6719-458D-ABE6-28000FD0EF13}">
   <dimension ref="B2:AE36"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="L6" sqref="L6:AE6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
-[...30 lines deleted...]
-      <c r="AE2" s="47"/>
+      <c r="B2" s="42" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="42"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="42"/>
+      <c r="T2" s="42"/>
+      <c r="U2" s="42"/>
+      <c r="V2" s="42"/>
+      <c r="W2" s="42"/>
+      <c r="X2" s="42"/>
+      <c r="Y2" s="42"/>
+      <c r="Z2" s="42"/>
+      <c r="AA2" s="42"/>
+      <c r="AB2" s="42"/>
+      <c r="AC2" s="42"/>
+      <c r="AD2" s="42"/>
+      <c r="AE2" s="42"/>
     </row>
     <row r="4" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="28" t="s">
-[...30 lines deleted...]
-      <c r="AE4" s="28"/>
+      <c r="B4" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+      <c r="O4" s="26"/>
+      <c r="P4" s="26"/>
+      <c r="Q4" s="26"/>
+      <c r="R4" s="26"/>
+      <c r="S4" s="26"/>
+      <c r="T4" s="26"/>
+      <c r="U4" s="26"/>
+      <c r="V4" s="26"/>
+      <c r="W4" s="26"/>
+      <c r="X4" s="26"/>
+      <c r="Y4" s="26"/>
+      <c r="Z4" s="26"/>
+      <c r="AA4" s="26"/>
+      <c r="AB4" s="26"/>
+      <c r="AC4" s="26"/>
+      <c r="AD4" s="26"/>
+      <c r="AE4" s="26"/>
     </row>
     <row r="5" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="1" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE6" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L6" s="43"/>
+      <c r="M6" s="43"/>
+      <c r="N6" s="43"/>
+      <c r="O6" s="43"/>
+      <c r="P6" s="43"/>
+      <c r="Q6" s="43"/>
+      <c r="R6" s="43"/>
+      <c r="S6" s="43"/>
+      <c r="T6" s="43"/>
+      <c r="U6" s="43"/>
+      <c r="V6" s="43"/>
+      <c r="W6" s="43"/>
+      <c r="X6" s="43"/>
+      <c r="Y6" s="43"/>
+      <c r="Z6" s="43"/>
+      <c r="AA6" s="43"/>
+      <c r="AB6" s="43"/>
+      <c r="AC6" s="43"/>
+      <c r="AD6" s="43"/>
+      <c r="AE6" s="43"/>
     </row>
     <row r="7" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE7" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="43"/>
+      <c r="N7" s="43"/>
+      <c r="O7" s="43"/>
+      <c r="P7" s="43"/>
+      <c r="Q7" s="43"/>
+      <c r="R7" s="43"/>
+      <c r="S7" s="43"/>
+      <c r="T7" s="43"/>
+      <c r="U7" s="43"/>
+      <c r="V7" s="43"/>
+      <c r="W7" s="43"/>
+      <c r="X7" s="43"/>
+      <c r="Y7" s="43"/>
+      <c r="Z7" s="43"/>
+      <c r="AA7" s="43"/>
+      <c r="AB7" s="43"/>
+      <c r="AC7" s="43"/>
+      <c r="AD7" s="43"/>
+      <c r="AE7" s="43"/>
     </row>
     <row r="8" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L8" s="45"/>
-[...18 lines deleted...]
-      <c r="AE8" s="45"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="43"/>
+      <c r="N8" s="43"/>
+      <c r="O8" s="43"/>
+      <c r="P8" s="43"/>
+      <c r="Q8" s="43"/>
+      <c r="R8" s="43"/>
+      <c r="S8" s="43"/>
+      <c r="T8" s="43"/>
+      <c r="U8" s="43"/>
+      <c r="V8" s="43"/>
+      <c r="W8" s="43"/>
+      <c r="X8" s="43"/>
+      <c r="Y8" s="43"/>
+      <c r="Z8" s="43"/>
+      <c r="AA8" s="43"/>
+      <c r="AB8" s="43"/>
+      <c r="AC8" s="43"/>
+      <c r="AD8" s="43"/>
+      <c r="AE8" s="43"/>
     </row>
     <row r="9" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P9" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M9" s="41"/>
+      <c r="N9" s="41"/>
+      <c r="O9" s="41"/>
+      <c r="P9" s="41"/>
     </row>
     <row r="10" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="43"/>
+      <c r="M10" s="43"/>
+      <c r="N10" s="43"/>
+      <c r="O10" s="43"/>
+      <c r="P10" s="43"/>
+      <c r="Q10" s="43"/>
+      <c r="R10" s="43"/>
+      <c r="S10" s="43"/>
+      <c r="T10" s="43"/>
+      <c r="U10" s="43"/>
+      <c r="V10" s="43"/>
+      <c r="W10" s="43"/>
+      <c r="X10" s="43"/>
+      <c r="Y10" s="43"/>
+      <c r="Z10" s="43"/>
+      <c r="AA10" s="43"/>
+      <c r="AB10" s="43"/>
+      <c r="AC10" s="43"/>
+      <c r="AD10" s="43"/>
+      <c r="AE10" s="43"/>
+    </row>
+    <row r="11" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B11" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="45"/>
-[...52 lines deleted...]
-      <c r="AE11" s="57"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
     </row>
     <row r="12" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="28"/>
-[...28 lines deleted...]
-      <c r="AE12" s="28"/>
+      <c r="B12" s="26"/>
+      <c r="C12" s="26"/>
+      <c r="D12" s="26"/>
+      <c r="E12" s="26"/>
+      <c r="F12" s="26"/>
+      <c r="G12" s="26"/>
+      <c r="H12" s="26"/>
+      <c r="I12" s="26"/>
+      <c r="J12" s="26"/>
+      <c r="K12" s="26"/>
+      <c r="L12" s="26"/>
+      <c r="M12" s="26"/>
+      <c r="N12" s="26"/>
+      <c r="O12" s="26"/>
+      <c r="P12" s="26"/>
+      <c r="Q12" s="26"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="26"/>
+      <c r="T12" s="26"/>
+      <c r="U12" s="26"/>
+      <c r="V12" s="26"/>
+      <c r="W12" s="26"/>
+      <c r="X12" s="26"/>
+      <c r="Y12" s="26"/>
+      <c r="Z12" s="26"/>
+      <c r="AA12" s="26"/>
+      <c r="AB12" s="26"/>
+      <c r="AC12" s="26"/>
+      <c r="AD12" s="26"/>
+      <c r="AE12" s="26"/>
     </row>
     <row r="13" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE14" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L14" s="43"/>
+      <c r="M14" s="43"/>
+      <c r="N14" s="43"/>
+      <c r="O14" s="43"/>
+      <c r="P14" s="43"/>
+      <c r="Q14" s="43"/>
+      <c r="R14" s="43"/>
+      <c r="S14" s="43"/>
+      <c r="T14" s="43"/>
+      <c r="U14" s="43"/>
+      <c r="V14" s="43"/>
+      <c r="W14" s="43"/>
+      <c r="X14" s="43"/>
+      <c r="Y14" s="43"/>
+      <c r="Z14" s="43"/>
+      <c r="AA14" s="43"/>
+      <c r="AB14" s="43"/>
+      <c r="AC14" s="43"/>
+      <c r="AD14" s="43"/>
+      <c r="AE14" s="43"/>
     </row>
     <row r="15" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE15" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L15" s="43"/>
+      <c r="M15" s="43"/>
+      <c r="N15" s="43"/>
+      <c r="O15" s="43"/>
+      <c r="P15" s="43"/>
+      <c r="Q15" s="43"/>
+      <c r="R15" s="43"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="43"/>
+      <c r="AB15" s="43"/>
+      <c r="AC15" s="43"/>
+      <c r="AD15" s="43"/>
+      <c r="AE15" s="43"/>
     </row>
     <row r="16" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L16" s="45"/>
-[...18 lines deleted...]
-      <c r="AE16" s="45"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="43"/>
+      <c r="P16" s="43"/>
+      <c r="Q16" s="43"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="43"/>
+      <c r="U16" s="43"/>
+      <c r="V16" s="43"/>
+      <c r="W16" s="43"/>
+      <c r="X16" s="43"/>
+      <c r="Y16" s="43"/>
+      <c r="Z16" s="43"/>
+      <c r="AA16" s="43"/>
+      <c r="AB16" s="43"/>
+      <c r="AC16" s="43"/>
+      <c r="AD16" s="43"/>
+      <c r="AE16" s="43"/>
     </row>
     <row r="17" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P17" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M17" s="41"/>
+      <c r="N17" s="41"/>
+      <c r="O17" s="41"/>
+      <c r="P17" s="41"/>
     </row>
     <row r="18" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L18" s="43"/>
+      <c r="M18" s="43"/>
+      <c r="N18" s="43"/>
+      <c r="O18" s="43"/>
+      <c r="P18" s="43"/>
+      <c r="Q18" s="43"/>
+      <c r="R18" s="43"/>
+      <c r="S18" s="43"/>
+      <c r="T18" s="43"/>
+      <c r="U18" s="43"/>
+      <c r="V18" s="43"/>
+      <c r="W18" s="43"/>
+      <c r="X18" s="43"/>
+      <c r="Y18" s="43"/>
+      <c r="Z18" s="43"/>
+      <c r="AA18" s="43"/>
+      <c r="AB18" s="43"/>
+      <c r="AC18" s="43"/>
+      <c r="AD18" s="43"/>
+      <c r="AE18" s="43"/>
+    </row>
+    <row r="19" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B19" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L18" s="45"/>
-[...52 lines deleted...]
-      <c r="AE19" s="57"/>
+      <c r="L19" s="41"/>
+      <c r="M19" s="41"/>
+      <c r="N19" s="41"/>
+      <c r="O19" s="41"/>
+      <c r="P19" s="41"/>
     </row>
     <row r="20" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B20" s="28"/>
-[...28 lines deleted...]
-      <c r="AE20" s="28"/>
+      <c r="B20" s="26"/>
+      <c r="C20" s="26"/>
+      <c r="D20" s="26"/>
+      <c r="E20" s="26"/>
+      <c r="F20" s="26"/>
+      <c r="G20" s="26"/>
+      <c r="H20" s="26"/>
+      <c r="I20" s="26"/>
+      <c r="J20" s="26"/>
+      <c r="K20" s="26"/>
+      <c r="L20" s="26"/>
+      <c r="M20" s="26"/>
+      <c r="N20" s="26"/>
+      <c r="O20" s="26"/>
+      <c r="P20" s="26"/>
+      <c r="Q20" s="26"/>
+      <c r="R20" s="26"/>
+      <c r="S20" s="26"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="26"/>
+      <c r="V20" s="26"/>
+      <c r="W20" s="26"/>
+      <c r="X20" s="26"/>
+      <c r="Y20" s="26"/>
+      <c r="Z20" s="26"/>
+      <c r="AA20" s="26"/>
+      <c r="AB20" s="26"/>
+      <c r="AC20" s="26"/>
+      <c r="AD20" s="26"/>
+      <c r="AE20" s="26"/>
     </row>
     <row r="21" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE22" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L22" s="43"/>
+      <c r="M22" s="43"/>
+      <c r="N22" s="43"/>
+      <c r="O22" s="43"/>
+      <c r="P22" s="43"/>
+      <c r="Q22" s="43"/>
+      <c r="R22" s="43"/>
+      <c r="S22" s="43"/>
+      <c r="T22" s="43"/>
+      <c r="U22" s="43"/>
+      <c r="V22" s="43"/>
+      <c r="W22" s="43"/>
+      <c r="X22" s="43"/>
+      <c r="Y22" s="43"/>
+      <c r="Z22" s="43"/>
+      <c r="AA22" s="43"/>
+      <c r="AB22" s="43"/>
+      <c r="AC22" s="43"/>
+      <c r="AD22" s="43"/>
+      <c r="AE22" s="43"/>
     </row>
     <row r="23" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE23" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L23" s="43"/>
+      <c r="M23" s="43"/>
+      <c r="N23" s="43"/>
+      <c r="O23" s="43"/>
+      <c r="P23" s="43"/>
+      <c r="Q23" s="43"/>
+      <c r="R23" s="43"/>
+      <c r="S23" s="43"/>
+      <c r="T23" s="43"/>
+      <c r="U23" s="43"/>
+      <c r="V23" s="43"/>
+      <c r="W23" s="43"/>
+      <c r="X23" s="43"/>
+      <c r="Y23" s="43"/>
+      <c r="Z23" s="43"/>
+      <c r="AA23" s="43"/>
+      <c r="AB23" s="43"/>
+      <c r="AC23" s="43"/>
+      <c r="AD23" s="43"/>
+      <c r="AE23" s="43"/>
     </row>
     <row r="24" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L24" s="45"/>
-[...18 lines deleted...]
-      <c r="AE24" s="45"/>
+      <c r="L24" s="43"/>
+      <c r="M24" s="43"/>
+      <c r="N24" s="43"/>
+      <c r="O24" s="43"/>
+      <c r="P24" s="43"/>
+      <c r="Q24" s="43"/>
+      <c r="R24" s="43"/>
+      <c r="S24" s="43"/>
+      <c r="T24" s="43"/>
+      <c r="U24" s="43"/>
+      <c r="V24" s="43"/>
+      <c r="W24" s="43"/>
+      <c r="X24" s="43"/>
+      <c r="Y24" s="43"/>
+      <c r="Z24" s="43"/>
+      <c r="AA24" s="43"/>
+      <c r="AB24" s="43"/>
+      <c r="AC24" s="43"/>
+      <c r="AD24" s="43"/>
+      <c r="AE24" s="43"/>
     </row>
     <row r="25" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P25" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
     </row>
     <row r="26" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L26" s="43"/>
+      <c r="M26" s="43"/>
+      <c r="N26" s="43"/>
+      <c r="O26" s="43"/>
+      <c r="P26" s="43"/>
+      <c r="Q26" s="43"/>
+      <c r="R26" s="43"/>
+      <c r="S26" s="43"/>
+      <c r="T26" s="43"/>
+      <c r="U26" s="43"/>
+      <c r="V26" s="43"/>
+      <c r="W26" s="43"/>
+      <c r="X26" s="43"/>
+      <c r="Y26" s="43"/>
+      <c r="Z26" s="43"/>
+      <c r="AA26" s="43"/>
+      <c r="AB26" s="43"/>
+      <c r="AC26" s="43"/>
+      <c r="AD26" s="43"/>
+      <c r="AE26" s="43"/>
+    </row>
+    <row r="27" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B27" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L26" s="45"/>
-[...52 lines deleted...]
-      <c r="AE27" s="57"/>
+      <c r="L27" s="41"/>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+      <c r="O27" s="41"/>
+      <c r="P27" s="41"/>
     </row>
     <row r="28" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="28"/>
-[...28 lines deleted...]
-      <c r="AE28" s="28"/>
+      <c r="B28" s="26"/>
+      <c r="C28" s="26"/>
+      <c r="D28" s="26"/>
+      <c r="E28" s="26"/>
+      <c r="F28" s="26"/>
+      <c r="G28" s="26"/>
+      <c r="H28" s="26"/>
+      <c r="I28" s="26"/>
+      <c r="J28" s="26"/>
+      <c r="K28" s="26"/>
+      <c r="L28" s="26"/>
+      <c r="M28" s="26"/>
+      <c r="N28" s="26"/>
+      <c r="O28" s="26"/>
+      <c r="P28" s="26"/>
+      <c r="Q28" s="26"/>
+      <c r="R28" s="26"/>
+      <c r="S28" s="26"/>
+      <c r="T28" s="26"/>
+      <c r="U28" s="26"/>
+      <c r="V28" s="26"/>
+      <c r="W28" s="26"/>
+      <c r="X28" s="26"/>
+      <c r="Y28" s="26"/>
+      <c r="Z28" s="26"/>
+      <c r="AA28" s="26"/>
+      <c r="AB28" s="26"/>
+      <c r="AC28" s="26"/>
+      <c r="AD28" s="26"/>
+      <c r="AE28" s="26"/>
     </row>
     <row r="29" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE30" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L30" s="43"/>
+      <c r="M30" s="43"/>
+      <c r="N30" s="43"/>
+      <c r="O30" s="43"/>
+      <c r="P30" s="43"/>
+      <c r="Q30" s="43"/>
+      <c r="R30" s="43"/>
+      <c r="S30" s="43"/>
+      <c r="T30" s="43"/>
+      <c r="U30" s="43"/>
+      <c r="V30" s="43"/>
+      <c r="W30" s="43"/>
+      <c r="X30" s="43"/>
+      <c r="Y30" s="43"/>
+      <c r="Z30" s="43"/>
+      <c r="AA30" s="43"/>
+      <c r="AB30" s="43"/>
+      <c r="AC30" s="43"/>
+      <c r="AD30" s="43"/>
+      <c r="AE30" s="43"/>
     </row>
     <row r="31" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE31" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L31" s="43"/>
+      <c r="M31" s="43"/>
+      <c r="N31" s="43"/>
+      <c r="O31" s="43"/>
+      <c r="P31" s="43"/>
+      <c r="Q31" s="43"/>
+      <c r="R31" s="43"/>
+      <c r="S31" s="43"/>
+      <c r="T31" s="43"/>
+      <c r="U31" s="43"/>
+      <c r="V31" s="43"/>
+      <c r="W31" s="43"/>
+      <c r="X31" s="43"/>
+      <c r="Y31" s="43"/>
+      <c r="Z31" s="43"/>
+      <c r="AA31" s="43"/>
+      <c r="AB31" s="43"/>
+      <c r="AC31" s="43"/>
+      <c r="AD31" s="43"/>
+      <c r="AE31" s="43"/>
     </row>
     <row r="32" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L32" s="45"/>
-[...18 lines deleted...]
-      <c r="AE32" s="45"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="43"/>
+      <c r="N32" s="43"/>
+      <c r="O32" s="43"/>
+      <c r="P32" s="43"/>
+      <c r="Q32" s="43"/>
+      <c r="R32" s="43"/>
+      <c r="S32" s="43"/>
+      <c r="T32" s="43"/>
+      <c r="U32" s="43"/>
+      <c r="V32" s="43"/>
+      <c r="W32" s="43"/>
+      <c r="X32" s="43"/>
+      <c r="Y32" s="43"/>
+      <c r="Z32" s="43"/>
+      <c r="AA32" s="43"/>
+      <c r="AB32" s="43"/>
+      <c r="AC32" s="43"/>
+      <c r="AD32" s="43"/>
+      <c r="AE32" s="43"/>
     </row>
     <row r="33" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="P33" s="46"/>
+        <v>25</v>
+      </c>
+      <c r="M33" s="41"/>
+      <c r="N33" s="41"/>
+      <c r="O33" s="41"/>
+      <c r="P33" s="41"/>
     </row>
     <row r="34" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="43"/>
+      <c r="P34" s="43"/>
+      <c r="Q34" s="43"/>
+      <c r="R34" s="43"/>
+      <c r="S34" s="43"/>
+      <c r="T34" s="43"/>
+      <c r="U34" s="43"/>
+      <c r="V34" s="43"/>
+      <c r="W34" s="43"/>
+      <c r="X34" s="43"/>
+      <c r="Y34" s="43"/>
+      <c r="Z34" s="43"/>
+      <c r="AA34" s="43"/>
+      <c r="AB34" s="43"/>
+      <c r="AC34" s="43"/>
+      <c r="AD34" s="43"/>
+      <c r="AE34" s="43"/>
+    </row>
+    <row r="35" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B35" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L34" s="45"/>
-[...52 lines deleted...]
-      <c r="AE35" s="57"/>
+      <c r="L35" s="41"/>
+      <c r="M35" s="41"/>
+      <c r="N35" s="41"/>
+      <c r="O35" s="41"/>
+      <c r="P35" s="41"/>
     </row>
     <row r="36" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="28"/>
-[...28 lines deleted...]
-      <c r="AE36" s="28"/>
+      <c r="B36" s="26"/>
+      <c r="C36" s="26"/>
+      <c r="D36" s="26"/>
+      <c r="E36" s="26"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="26"/>
+      <c r="L36" s="26"/>
+      <c r="M36" s="26"/>
+      <c r="N36" s="26"/>
+      <c r="O36" s="26"/>
+      <c r="P36" s="26"/>
+      <c r="Q36" s="26"/>
+      <c r="R36" s="26"/>
+      <c r="S36" s="26"/>
+      <c r="T36" s="26"/>
+      <c r="U36" s="26"/>
+      <c r="V36" s="26"/>
+      <c r="W36" s="26"/>
+      <c r="X36" s="26"/>
+      <c r="Y36" s="26"/>
+      <c r="Z36" s="26"/>
+      <c r="AA36" s="26"/>
+      <c r="AB36" s="26"/>
+      <c r="AC36" s="26"/>
+      <c r="AD36" s="26"/>
+      <c r="AE36" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="L35:P35"/>
+    <mergeCell ref="L27:P27"/>
+    <mergeCell ref="L30:AE30"/>
+    <mergeCell ref="L31:AE31"/>
+    <mergeCell ref="L32:AE32"/>
+    <mergeCell ref="M33:P33"/>
+    <mergeCell ref="L34:AE34"/>
+    <mergeCell ref="L26:AE26"/>
+    <mergeCell ref="L11:P11"/>
+    <mergeCell ref="L14:AE14"/>
+    <mergeCell ref="L15:AE15"/>
+    <mergeCell ref="L16:AE16"/>
+    <mergeCell ref="M17:P17"/>
+    <mergeCell ref="L18:AE18"/>
+    <mergeCell ref="L19:P19"/>
+    <mergeCell ref="L22:AE22"/>
+    <mergeCell ref="L23:AE23"/>
+    <mergeCell ref="L24:AE24"/>
+    <mergeCell ref="M25:P25"/>
+    <mergeCell ref="L10:AE10"/>
     <mergeCell ref="B2:AE2"/>
     <mergeCell ref="L6:AE6"/>
     <mergeCell ref="L7:AE7"/>
+    <mergeCell ref="L8:AE8"/>
     <mergeCell ref="M9:P9"/>
-    <mergeCell ref="L10:AE10"/>
-[...19 lines deleted...]
-    <mergeCell ref="L34:AE34"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA80CA09-9AB3-4C09-BE4A-B0E055B92497}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4822B9DB-E377-49D0-BB33-BFC02D48ECD6}">
   <dimension ref="B2:AE36"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="L6" sqref="L6:AE6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
-[...30 lines deleted...]
-      <c r="AE2" s="47"/>
+      <c r="B2" s="42" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="42"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="42"/>
+      <c r="T2" s="42"/>
+      <c r="U2" s="42"/>
+      <c r="V2" s="42"/>
+      <c r="W2" s="42"/>
+      <c r="X2" s="42"/>
+      <c r="Y2" s="42"/>
+      <c r="Z2" s="42"/>
+      <c r="AA2" s="42"/>
+      <c r="AB2" s="42"/>
+      <c r="AC2" s="42"/>
+      <c r="AD2" s="42"/>
+      <c r="AE2" s="42"/>
     </row>
     <row r="4" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="28" t="s">
-[...30 lines deleted...]
-      <c r="AE4" s="28"/>
+      <c r="B4" s="26" t="s">
+        <v>157</v>
+      </c>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+      <c r="O4" s="26"/>
+      <c r="P4" s="26"/>
+      <c r="Q4" s="26"/>
+      <c r="R4" s="26"/>
+      <c r="S4" s="26"/>
+      <c r="T4" s="26"/>
+      <c r="U4" s="26"/>
+      <c r="V4" s="26"/>
+      <c r="W4" s="26"/>
+      <c r="X4" s="26"/>
+      <c r="Y4" s="26"/>
+      <c r="Z4" s="26"/>
+      <c r="AA4" s="26"/>
+      <c r="AB4" s="26"/>
+      <c r="AC4" s="26"/>
+      <c r="AD4" s="26"/>
+      <c r="AE4" s="26"/>
     </row>
     <row r="5" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="1" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
     </row>
     <row r="6" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE6" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L6" s="43"/>
+      <c r="M6" s="43"/>
+      <c r="N6" s="43"/>
+      <c r="O6" s="43"/>
+      <c r="P6" s="43"/>
+      <c r="Q6" s="43"/>
+      <c r="R6" s="43"/>
+      <c r="S6" s="43"/>
+      <c r="T6" s="43"/>
+      <c r="U6" s="43"/>
+      <c r="V6" s="43"/>
+      <c r="W6" s="43"/>
+      <c r="X6" s="43"/>
+      <c r="Y6" s="43"/>
+      <c r="Z6" s="43"/>
+      <c r="AA6" s="43"/>
+      <c r="AB6" s="43"/>
+      <c r="AC6" s="43"/>
+      <c r="AD6" s="43"/>
+      <c r="AE6" s="43"/>
     </row>
     <row r="7" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE7" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L7" s="43"/>
+      <c r="M7" s="43"/>
+      <c r="N7" s="43"/>
+      <c r="O7" s="43"/>
+      <c r="P7" s="43"/>
+      <c r="Q7" s="43"/>
+      <c r="R7" s="43"/>
+      <c r="S7" s="43"/>
+      <c r="T7" s="43"/>
+      <c r="U7" s="43"/>
+      <c r="V7" s="43"/>
+      <c r="W7" s="43"/>
+      <c r="X7" s="43"/>
+      <c r="Y7" s="43"/>
+      <c r="Z7" s="43"/>
+      <c r="AA7" s="43"/>
+      <c r="AB7" s="43"/>
+      <c r="AC7" s="43"/>
+      <c r="AD7" s="43"/>
+      <c r="AE7" s="43"/>
     </row>
     <row r="8" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L8" s="45"/>
-[...18 lines deleted...]
-      <c r="AE8" s="45"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="43"/>
+      <c r="N8" s="43"/>
+      <c r="O8" s="43"/>
+      <c r="P8" s="43"/>
+      <c r="Q8" s="43"/>
+      <c r="R8" s="43"/>
+      <c r="S8" s="43"/>
+      <c r="T8" s="43"/>
+      <c r="U8" s="43"/>
+      <c r="V8" s="43"/>
+      <c r="W8" s="43"/>
+      <c r="X8" s="43"/>
+      <c r="Y8" s="43"/>
+      <c r="Z8" s="43"/>
+      <c r="AA8" s="43"/>
+      <c r="AB8" s="43"/>
+      <c r="AC8" s="43"/>
+      <c r="AD8" s="43"/>
+      <c r="AE8" s="43"/>
     </row>
     <row r="9" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="1" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      <c r="P9" s="46"/>
+        <v>18</v>
+      </c>
+      <c r="L9" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" s="41"/>
+      <c r="N9" s="41"/>
+      <c r="O9" s="41"/>
+      <c r="P9" s="41"/>
     </row>
     <row r="10" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="43"/>
+      <c r="M10" s="43"/>
+      <c r="N10" s="43"/>
+      <c r="O10" s="43"/>
+      <c r="P10" s="43"/>
+      <c r="Q10" s="43"/>
+      <c r="R10" s="43"/>
+      <c r="S10" s="43"/>
+      <c r="T10" s="43"/>
+      <c r="U10" s="43"/>
+      <c r="V10" s="43"/>
+      <c r="W10" s="43"/>
+      <c r="X10" s="43"/>
+      <c r="Y10" s="43"/>
+      <c r="Z10" s="43"/>
+      <c r="AA10" s="43"/>
+      <c r="AB10" s="43"/>
+      <c r="AC10" s="43"/>
+      <c r="AD10" s="43"/>
+      <c r="AE10" s="43"/>
+    </row>
+    <row r="11" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B11" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="45"/>
-[...52 lines deleted...]
-      <c r="AE11" s="57"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
     </row>
     <row r="12" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="28"/>
-[...28 lines deleted...]
-      <c r="AE12" s="28"/>
+      <c r="B12" s="26"/>
+      <c r="C12" s="26"/>
+      <c r="D12" s="26"/>
+      <c r="E12" s="26"/>
+      <c r="F12" s="26"/>
+      <c r="G12" s="26"/>
+      <c r="H12" s="26"/>
+      <c r="I12" s="26"/>
+      <c r="J12" s="26"/>
+      <c r="K12" s="26"/>
+      <c r="L12" s="26"/>
+      <c r="M12" s="26"/>
+      <c r="N12" s="26"/>
+      <c r="O12" s="26"/>
+      <c r="P12" s="26"/>
+      <c r="Q12" s="26"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="26"/>
+      <c r="T12" s="26"/>
+      <c r="U12" s="26"/>
+      <c r="V12" s="26"/>
+      <c r="W12" s="26"/>
+      <c r="X12" s="26"/>
+      <c r="Y12" s="26"/>
+      <c r="Z12" s="26"/>
+      <c r="AA12" s="26"/>
+      <c r="AB12" s="26"/>
+      <c r="AC12" s="26"/>
+      <c r="AD12" s="26"/>
+      <c r="AE12" s="26"/>
     </row>
     <row r="13" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="1" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
     </row>
     <row r="14" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE14" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L14" s="43"/>
+      <c r="M14" s="43"/>
+      <c r="N14" s="43"/>
+      <c r="O14" s="43"/>
+      <c r="P14" s="43"/>
+      <c r="Q14" s="43"/>
+      <c r="R14" s="43"/>
+      <c r="S14" s="43"/>
+      <c r="T14" s="43"/>
+      <c r="U14" s="43"/>
+      <c r="V14" s="43"/>
+      <c r="W14" s="43"/>
+      <c r="X14" s="43"/>
+      <c r="Y14" s="43"/>
+      <c r="Z14" s="43"/>
+      <c r="AA14" s="43"/>
+      <c r="AB14" s="43"/>
+      <c r="AC14" s="43"/>
+      <c r="AD14" s="43"/>
+      <c r="AE14" s="43"/>
     </row>
     <row r="15" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE15" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L15" s="43"/>
+      <c r="M15" s="43"/>
+      <c r="N15" s="43"/>
+      <c r="O15" s="43"/>
+      <c r="P15" s="43"/>
+      <c r="Q15" s="43"/>
+      <c r="R15" s="43"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="43"/>
+      <c r="X15" s="43"/>
+      <c r="Y15" s="43"/>
+      <c r="Z15" s="43"/>
+      <c r="AA15" s="43"/>
+      <c r="AB15" s="43"/>
+      <c r="AC15" s="43"/>
+      <c r="AD15" s="43"/>
+      <c r="AE15" s="43"/>
     </row>
     <row r="16" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L16" s="45"/>
-[...18 lines deleted...]
-      <c r="AE16" s="45"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="43"/>
+      <c r="P16" s="43"/>
+      <c r="Q16" s="43"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="43"/>
+      <c r="U16" s="43"/>
+      <c r="V16" s="43"/>
+      <c r="W16" s="43"/>
+      <c r="X16" s="43"/>
+      <c r="Y16" s="43"/>
+      <c r="Z16" s="43"/>
+      <c r="AA16" s="43"/>
+      <c r="AB16" s="43"/>
+      <c r="AC16" s="43"/>
+      <c r="AD16" s="43"/>
+      <c r="AE16" s="43"/>
     </row>
     <row r="17" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="1" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      <c r="P17" s="46"/>
+        <v>18</v>
+      </c>
+      <c r="L17" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" s="41"/>
+      <c r="N17" s="41"/>
+      <c r="O17" s="41"/>
+      <c r="P17" s="41"/>
     </row>
     <row r="18" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L18" s="43"/>
+      <c r="M18" s="43"/>
+      <c r="N18" s="43"/>
+      <c r="O18" s="43"/>
+      <c r="P18" s="43"/>
+      <c r="Q18" s="43"/>
+      <c r="R18" s="43"/>
+      <c r="S18" s="43"/>
+      <c r="T18" s="43"/>
+      <c r="U18" s="43"/>
+      <c r="V18" s="43"/>
+      <c r="W18" s="43"/>
+      <c r="X18" s="43"/>
+      <c r="Y18" s="43"/>
+      <c r="Z18" s="43"/>
+      <c r="AA18" s="43"/>
+      <c r="AB18" s="43"/>
+      <c r="AC18" s="43"/>
+      <c r="AD18" s="43"/>
+      <c r="AE18" s="43"/>
+    </row>
+    <row r="19" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B19" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L18" s="45"/>
-[...52 lines deleted...]
-      <c r="AE19" s="57"/>
+      <c r="L19" s="41"/>
+      <c r="M19" s="41"/>
+      <c r="N19" s="41"/>
+      <c r="O19" s="41"/>
+      <c r="P19" s="41"/>
     </row>
     <row r="20" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B20" s="28"/>
-[...28 lines deleted...]
-      <c r="AE20" s="28"/>
+      <c r="B20" s="26"/>
+      <c r="C20" s="26"/>
+      <c r="D20" s="26"/>
+      <c r="E20" s="26"/>
+      <c r="F20" s="26"/>
+      <c r="G20" s="26"/>
+      <c r="H20" s="26"/>
+      <c r="I20" s="26"/>
+      <c r="J20" s="26"/>
+      <c r="K20" s="26"/>
+      <c r="L20" s="26"/>
+      <c r="M20" s="26"/>
+      <c r="N20" s="26"/>
+      <c r="O20" s="26"/>
+      <c r="P20" s="26"/>
+      <c r="Q20" s="26"/>
+      <c r="R20" s="26"/>
+      <c r="S20" s="26"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="26"/>
+      <c r="V20" s="26"/>
+      <c r="W20" s="26"/>
+      <c r="X20" s="26"/>
+      <c r="Y20" s="26"/>
+      <c r="Z20" s="26"/>
+      <c r="AA20" s="26"/>
+      <c r="AB20" s="26"/>
+      <c r="AC20" s="26"/>
+      <c r="AD20" s="26"/>
+      <c r="AE20" s="26"/>
     </row>
     <row r="21" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="1" t="s">
-        <v>131</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE22" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L22" s="43"/>
+      <c r="M22" s="43"/>
+      <c r="N22" s="43"/>
+      <c r="O22" s="43"/>
+      <c r="P22" s="43"/>
+      <c r="Q22" s="43"/>
+      <c r="R22" s="43"/>
+      <c r="S22" s="43"/>
+      <c r="T22" s="43"/>
+      <c r="U22" s="43"/>
+      <c r="V22" s="43"/>
+      <c r="W22" s="43"/>
+      <c r="X22" s="43"/>
+      <c r="Y22" s="43"/>
+      <c r="Z22" s="43"/>
+      <c r="AA22" s="43"/>
+      <c r="AB22" s="43"/>
+      <c r="AC22" s="43"/>
+      <c r="AD22" s="43"/>
+      <c r="AE22" s="43"/>
     </row>
     <row r="23" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE23" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L23" s="43"/>
+      <c r="M23" s="43"/>
+      <c r="N23" s="43"/>
+      <c r="O23" s="43"/>
+      <c r="P23" s="43"/>
+      <c r="Q23" s="43"/>
+      <c r="R23" s="43"/>
+      <c r="S23" s="43"/>
+      <c r="T23" s="43"/>
+      <c r="U23" s="43"/>
+      <c r="V23" s="43"/>
+      <c r="W23" s="43"/>
+      <c r="X23" s="43"/>
+      <c r="Y23" s="43"/>
+      <c r="Z23" s="43"/>
+      <c r="AA23" s="43"/>
+      <c r="AB23" s="43"/>
+      <c r="AC23" s="43"/>
+      <c r="AD23" s="43"/>
+      <c r="AE23" s="43"/>
     </row>
     <row r="24" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L24" s="45"/>
-[...18 lines deleted...]
-      <c r="AE24" s="45"/>
+      <c r="L24" s="43"/>
+      <c r="M24" s="43"/>
+      <c r="N24" s="43"/>
+      <c r="O24" s="43"/>
+      <c r="P24" s="43"/>
+      <c r="Q24" s="43"/>
+      <c r="R24" s="43"/>
+      <c r="S24" s="43"/>
+      <c r="T24" s="43"/>
+      <c r="U24" s="43"/>
+      <c r="V24" s="43"/>
+      <c r="W24" s="43"/>
+      <c r="X24" s="43"/>
+      <c r="Y24" s="43"/>
+      <c r="Z24" s="43"/>
+      <c r="AA24" s="43"/>
+      <c r="AB24" s="43"/>
+      <c r="AC24" s="43"/>
+      <c r="AD24" s="43"/>
+      <c r="AE24" s="43"/>
     </row>
     <row r="25" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="1" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      <c r="P25" s="46"/>
+        <v>18</v>
+      </c>
+      <c r="L25" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
     </row>
     <row r="26" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L26" s="43"/>
+      <c r="M26" s="43"/>
+      <c r="N26" s="43"/>
+      <c r="O26" s="43"/>
+      <c r="P26" s="43"/>
+      <c r="Q26" s="43"/>
+      <c r="R26" s="43"/>
+      <c r="S26" s="43"/>
+      <c r="T26" s="43"/>
+      <c r="U26" s="43"/>
+      <c r="V26" s="43"/>
+      <c r="W26" s="43"/>
+      <c r="X26" s="43"/>
+      <c r="Y26" s="43"/>
+      <c r="Z26" s="43"/>
+      <c r="AA26" s="43"/>
+      <c r="AB26" s="43"/>
+      <c r="AC26" s="43"/>
+      <c r="AD26" s="43"/>
+      <c r="AE26" s="43"/>
+    </row>
+    <row r="27" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B27" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L26" s="45"/>
-[...52 lines deleted...]
-      <c r="AE27" s="57"/>
+      <c r="L27" s="41"/>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+      <c r="O27" s="41"/>
+      <c r="P27" s="41"/>
     </row>
     <row r="28" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="28"/>
-[...28 lines deleted...]
-      <c r="AE28" s="28"/>
+      <c r="B28" s="26"/>
+      <c r="C28" s="26"/>
+      <c r="D28" s="26"/>
+      <c r="E28" s="26"/>
+      <c r="F28" s="26"/>
+      <c r="G28" s="26"/>
+      <c r="H28" s="26"/>
+      <c r="I28" s="26"/>
+      <c r="J28" s="26"/>
+      <c r="K28" s="26"/>
+      <c r="L28" s="26"/>
+      <c r="M28" s="26"/>
+      <c r="N28" s="26"/>
+      <c r="O28" s="26"/>
+      <c r="P28" s="26"/>
+      <c r="Q28" s="26"/>
+      <c r="R28" s="26"/>
+      <c r="S28" s="26"/>
+      <c r="T28" s="26"/>
+      <c r="U28" s="26"/>
+      <c r="V28" s="26"/>
+      <c r="W28" s="26"/>
+      <c r="X28" s="26"/>
+      <c r="Y28" s="26"/>
+      <c r="Z28" s="26"/>
+      <c r="AA28" s="26"/>
+      <c r="AB28" s="26"/>
+      <c r="AC28" s="26"/>
+      <c r="AD28" s="26"/>
+      <c r="AE28" s="26"/>
     </row>
     <row r="29" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="1" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
     </row>
     <row r="30" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="1" t="s">
-        <v>17</v>
-[...20 lines deleted...]
-      <c r="AE30" s="45"/>
+        <v>16</v>
+      </c>
+      <c r="L30" s="43"/>
+      <c r="M30" s="43"/>
+      <c r="N30" s="43"/>
+      <c r="O30" s="43"/>
+      <c r="P30" s="43"/>
+      <c r="Q30" s="43"/>
+      <c r="R30" s="43"/>
+      <c r="S30" s="43"/>
+      <c r="T30" s="43"/>
+      <c r="U30" s="43"/>
+      <c r="V30" s="43"/>
+      <c r="W30" s="43"/>
+      <c r="X30" s="43"/>
+      <c r="Y30" s="43"/>
+      <c r="Z30" s="43"/>
+      <c r="AA30" s="43"/>
+      <c r="AB30" s="43"/>
+      <c r="AC30" s="43"/>
+      <c r="AD30" s="43"/>
+      <c r="AE30" s="43"/>
     </row>
     <row r="31" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="1" t="s">
-        <v>18</v>
-[...20 lines deleted...]
-      <c r="AE31" s="45"/>
+        <v>17</v>
+      </c>
+      <c r="L31" s="43"/>
+      <c r="M31" s="43"/>
+      <c r="N31" s="43"/>
+      <c r="O31" s="43"/>
+      <c r="P31" s="43"/>
+      <c r="Q31" s="43"/>
+      <c r="R31" s="43"/>
+      <c r="S31" s="43"/>
+      <c r="T31" s="43"/>
+      <c r="U31" s="43"/>
+      <c r="V31" s="43"/>
+      <c r="W31" s="43"/>
+      <c r="X31" s="43"/>
+      <c r="Y31" s="43"/>
+      <c r="Z31" s="43"/>
+      <c r="AA31" s="43"/>
+      <c r="AB31" s="43"/>
+      <c r="AC31" s="43"/>
+      <c r="AD31" s="43"/>
+      <c r="AE31" s="43"/>
     </row>
     <row r="32" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="L32" s="45"/>
-[...18 lines deleted...]
-      <c r="AE32" s="45"/>
+      <c r="L32" s="43"/>
+      <c r="M32" s="43"/>
+      <c r="N32" s="43"/>
+      <c r="O32" s="43"/>
+      <c r="P32" s="43"/>
+      <c r="Q32" s="43"/>
+      <c r="R32" s="43"/>
+      <c r="S32" s="43"/>
+      <c r="T32" s="43"/>
+      <c r="U32" s="43"/>
+      <c r="V32" s="43"/>
+      <c r="W32" s="43"/>
+      <c r="X32" s="43"/>
+      <c r="Y32" s="43"/>
+      <c r="Z32" s="43"/>
+      <c r="AA32" s="43"/>
+      <c r="AB32" s="43"/>
+      <c r="AC32" s="43"/>
+      <c r="AD32" s="43"/>
+      <c r="AE32" s="43"/>
     </row>
     <row r="33" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="1" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      <c r="P33" s="46"/>
+        <v>18</v>
+      </c>
+      <c r="L33" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M33" s="41"/>
+      <c r="N33" s="41"/>
+      <c r="O33" s="41"/>
+      <c r="P33" s="41"/>
     </row>
     <row r="34" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L34" s="43"/>
+      <c r="M34" s="43"/>
+      <c r="N34" s="43"/>
+      <c r="O34" s="43"/>
+      <c r="P34" s="43"/>
+      <c r="Q34" s="43"/>
+      <c r="R34" s="43"/>
+      <c r="S34" s="43"/>
+      <c r="T34" s="43"/>
+      <c r="U34" s="43"/>
+      <c r="V34" s="43"/>
+      <c r="W34" s="43"/>
+      <c r="X34" s="43"/>
+      <c r="Y34" s="43"/>
+      <c r="Z34" s="43"/>
+      <c r="AA34" s="43"/>
+      <c r="AB34" s="43"/>
+      <c r="AC34" s="43"/>
+      <c r="AD34" s="43"/>
+      <c r="AE34" s="43"/>
+    </row>
+    <row r="35" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B35" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="L34" s="45"/>
-[...52 lines deleted...]
-      <c r="AE35" s="57"/>
+      <c r="L35" s="41"/>
+      <c r="M35" s="41"/>
+      <c r="N35" s="41"/>
+      <c r="O35" s="41"/>
+      <c r="P35" s="41"/>
     </row>
     <row r="36" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="28"/>
-[...28 lines deleted...]
-      <c r="AE36" s="28"/>
+      <c r="B36" s="26"/>
+      <c r="C36" s="26"/>
+      <c r="D36" s="26"/>
+      <c r="E36" s="26"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="26"/>
+      <c r="L36" s="26"/>
+      <c r="M36" s="26"/>
+      <c r="N36" s="26"/>
+      <c r="O36" s="26"/>
+      <c r="P36" s="26"/>
+      <c r="Q36" s="26"/>
+      <c r="R36" s="26"/>
+      <c r="S36" s="26"/>
+      <c r="T36" s="26"/>
+      <c r="U36" s="26"/>
+      <c r="V36" s="26"/>
+      <c r="W36" s="26"/>
+      <c r="X36" s="26"/>
+      <c r="Y36" s="26"/>
+      <c r="Z36" s="26"/>
+      <c r="AA36" s="26"/>
+      <c r="AB36" s="26"/>
+      <c r="AC36" s="26"/>
+      <c r="AD36" s="26"/>
+      <c r="AE36" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="25">
     <mergeCell ref="L35:P35"/>
     <mergeCell ref="L27:P27"/>
     <mergeCell ref="L30:AE30"/>
     <mergeCell ref="L31:AE31"/>
     <mergeCell ref="L32:AE32"/>
     <mergeCell ref="M33:P33"/>
     <mergeCell ref="L34:AE34"/>
-    <mergeCell ref="L19:P19"/>
-[...3 lines deleted...]
-    <mergeCell ref="M25:P25"/>
     <mergeCell ref="L26:AE26"/>
     <mergeCell ref="L11:P11"/>
     <mergeCell ref="L14:AE14"/>
     <mergeCell ref="L15:AE15"/>
     <mergeCell ref="L16:AE16"/>
     <mergeCell ref="M17:P17"/>
     <mergeCell ref="L18:AE18"/>
+    <mergeCell ref="L19:P19"/>
+    <mergeCell ref="L22:AE22"/>
+    <mergeCell ref="L23:AE23"/>
+    <mergeCell ref="L24:AE24"/>
+    <mergeCell ref="M25:P25"/>
+    <mergeCell ref="L10:AE10"/>
     <mergeCell ref="B2:AE2"/>
     <mergeCell ref="L6:AE6"/>
     <mergeCell ref="L7:AE7"/>
     <mergeCell ref="L8:AE8"/>
     <mergeCell ref="M9:P9"/>
-    <mergeCell ref="L10:AE10"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D91E3E4-0394-4C30-962D-8BC720E7684D}">
-  <dimension ref="B2:AH44"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D91E3E4-0394-4C30-962D-8BC720E7684D}">
+  <dimension ref="B2:AH48"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="K5" sqref="K5:AE5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
+      <c r="B2" s="42" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="42"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="42"/>
+      <c r="T2" s="42"/>
+      <c r="U2" s="42"/>
+      <c r="V2" s="42"/>
+      <c r="W2" s="42"/>
+      <c r="X2" s="42"/>
+      <c r="Y2" s="42"/>
+      <c r="Z2" s="42"/>
+      <c r="AA2" s="42"/>
+      <c r="AB2" s="42"/>
+      <c r="AC2" s="42"/>
+      <c r="AD2" s="42"/>
+      <c r="AE2" s="42"/>
+    </row>
+    <row r="4" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B4" s="26" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+      <c r="O4" s="26"/>
+      <c r="P4" s="26"/>
+      <c r="Q4" s="26"/>
+      <c r="R4" s="26"/>
+      <c r="S4" s="26"/>
+      <c r="T4" s="26"/>
+      <c r="U4" s="26"/>
+      <c r="V4" s="26"/>
+      <c r="W4" s="26"/>
+      <c r="X4" s="26"/>
+      <c r="Y4" s="26"/>
+      <c r="Z4" s="26"/>
+      <c r="AA4" s="26"/>
+      <c r="AB4" s="26"/>
+      <c r="AC4" s="26"/>
+      <c r="AD4" s="26"/>
+      <c r="AE4" s="26"/>
+    </row>
+    <row r="5" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B5" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" s="29"/>
+      <c r="D5" s="29"/>
+      <c r="E5" s="29"/>
+      <c r="F5" s="29"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="29"/>
+      <c r="I5" s="29"/>
+      <c r="J5" s="30"/>
+      <c r="K5" s="51"/>
+      <c r="L5" s="51"/>
+      <c r="M5" s="51"/>
+      <c r="N5" s="51"/>
+      <c r="O5" s="51"/>
+      <c r="P5" s="51"/>
+      <c r="Q5" s="51"/>
+      <c r="R5" s="51"/>
+      <c r="S5" s="51"/>
+      <c r="T5" s="51"/>
+      <c r="U5" s="51"/>
+      <c r="V5" s="51"/>
+      <c r="W5" s="51"/>
+      <c r="X5" s="51"/>
+      <c r="Y5" s="51"/>
+      <c r="Z5" s="51"/>
+      <c r="AA5" s="51"/>
+      <c r="AB5" s="51"/>
+      <c r="AC5" s="51"/>
+      <c r="AD5" s="51"/>
+      <c r="AE5" s="51"/>
+    </row>
+    <row r="6" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B6" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" s="29"/>
+      <c r="D6" s="29"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="29"/>
+      <c r="G6" s="29"/>
+      <c r="H6" s="29"/>
+      <c r="I6" s="29"/>
+      <c r="J6" s="30"/>
+      <c r="K6" s="51"/>
+      <c r="L6" s="51"/>
+      <c r="M6" s="51"/>
+      <c r="N6" s="51"/>
+      <c r="O6" s="51"/>
+      <c r="P6" s="51"/>
+      <c r="Q6" s="51"/>
+      <c r="R6" s="51"/>
+      <c r="S6" s="51"/>
+      <c r="T6" s="51"/>
+      <c r="U6" s="51"/>
+      <c r="V6" s="51"/>
+      <c r="W6" s="51"/>
+      <c r="X6" s="51"/>
+      <c r="Y6" s="51"/>
+      <c r="Z6" s="51"/>
+      <c r="AA6" s="51"/>
+      <c r="AB6" s="51"/>
+      <c r="AC6" s="51"/>
+      <c r="AD6" s="51"/>
+      <c r="AE6" s="51"/>
+    </row>
+    <row r="7" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B7" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" s="29"/>
+      <c r="D7" s="29"/>
+      <c r="E7" s="29"/>
+      <c r="F7" s="29"/>
+      <c r="G7" s="29"/>
+      <c r="H7" s="29"/>
+      <c r="I7" s="29"/>
+      <c r="J7" s="30"/>
+      <c r="K7" s="51"/>
+      <c r="L7" s="51"/>
+      <c r="M7" s="51"/>
+      <c r="N7" s="51"/>
+      <c r="O7" s="51"/>
+      <c r="P7" s="51"/>
+      <c r="Q7" s="51"/>
+      <c r="R7" s="51"/>
+      <c r="S7" s="51"/>
+      <c r="T7" s="51"/>
+      <c r="U7" s="51"/>
+      <c r="V7" s="51"/>
+      <c r="W7" s="51"/>
+      <c r="X7" s="51"/>
+      <c r="Y7" s="51"/>
+      <c r="Z7" s="51"/>
+      <c r="AA7" s="51"/>
+      <c r="AB7" s="51"/>
+      <c r="AC7" s="51"/>
+      <c r="AD7" s="51"/>
+      <c r="AE7" s="51"/>
+    </row>
+    <row r="8" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="C2" s="47"/>
-[...64 lines deleted...]
-      <c r="B5" s="32" t="s">
+    </row>
+    <row r="9" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C9" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C5" s="32"/>
-[...30 lines deleted...]
-      <c r="B6" s="32" t="s">
+    </row>
+    <row r="10" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C10" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="C6" s="32"/>
-[...30 lines deleted...]
-      <c r="B7" s="32" t="s">
+    </row>
+    <row r="11" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C11" s="50"/>
+      <c r="D11" s="50"/>
+      <c r="E11" s="50"/>
+      <c r="F11" s="50"/>
+      <c r="G11" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="C7" s="32"/>
-[...30 lines deleted...]
-      <c r="B8" s="1" t="s">
+    </row>
+    <row r="12" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C12" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="9" spans="2:31" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.15">
-[...3 lines deleted...]
-      <c r="E9" s="1" t="s">
+    <row r="13" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C13" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C14" s="50"/>
+      <c r="D14" s="50"/>
+      <c r="E14" s="50"/>
+      <c r="F14" s="50"/>
+      <c r="G14" s="2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C15" s="1" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="10" spans="2:31" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D10" s="1" t="s">
+    <row r="16" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B16" s="26"/>
+      <c r="C16" s="52"/>
+      <c r="D16" s="52"/>
+      <c r="E16" s="52"/>
+      <c r="F16" s="31" t="s">
         <v>59</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="H11" s="2" t="s">
+      <c r="G16" s="26"/>
+      <c r="H16" s="26"/>
+      <c r="I16" s="26"/>
+      <c r="J16" s="26"/>
+      <c r="K16" s="26"/>
+      <c r="L16" s="26"/>
+      <c r="M16" s="26"/>
+      <c r="N16" s="26"/>
+      <c r="O16" s="26"/>
+      <c r="P16" s="26"/>
+      <c r="Q16" s="26"/>
+      <c r="R16" s="26"/>
+      <c r="S16" s="26"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="26"/>
+      <c r="V16" s="26"/>
+      <c r="W16" s="26"/>
+      <c r="X16" s="26"/>
+      <c r="Y16" s="26"/>
+      <c r="Z16" s="26"/>
+      <c r="AA16" s="26"/>
+      <c r="AB16" s="26"/>
+      <c r="AC16" s="26"/>
+      <c r="AD16" s="26"/>
+      <c r="AE16" s="26"/>
+    </row>
+    <row r="17" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B17" s="1" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="12" spans="2:31" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.15">
-[...3 lines deleted...]
-      <c r="E12" s="1" t="s">
+    <row r="18" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C18" s="1" t="s">
         <v>61</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="D15" s="28" t="s">
+      <c r="G18" s="42" t="s">
         <v>62</v>
       </c>
-      <c r="E15" s="28"/>
-[...13 lines deleted...]
-      <c r="S15" s="34" t="s">
+      <c r="H18" s="42"/>
+      <c r="I18" s="42"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+      <c r="L18" s="46"/>
+      <c r="M18" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="T15" s="28"/>
-[...13 lines deleted...]
-      <c r="B16" s="1" t="s">
+    </row>
+    <row r="19" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="G19" s="42" t="s">
         <v>64</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D17" s="1" t="s">
+      <c r="H19" s="42"/>
+      <c r="I19" s="42"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="20" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B20" s="26"/>
+      <c r="C20" s="26" t="s">
         <v>65</v>
       </c>
-      <c r="H17" s="47" t="s">
+      <c r="D20" s="26"/>
+      <c r="E20" s="26"/>
+      <c r="F20" s="26"/>
+      <c r="G20" s="49"/>
+      <c r="H20" s="49"/>
+      <c r="I20" s="49"/>
+      <c r="J20" s="49"/>
+      <c r="K20" s="49"/>
+      <c r="L20" s="49"/>
+      <c r="M20" s="49"/>
+      <c r="N20" s="49"/>
+      <c r="O20" s="31" t="s">
         <v>66</v>
       </c>
-      <c r="I17" s="47"/>
-[...4 lines deleted...]
-      <c r="N17" s="2" t="s">
+      <c r="P20" s="53" t="s">
         <v>67</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      <c r="P19" s="40" t="s">
+      <c r="Q20" s="53"/>
+      <c r="R20" s="53"/>
+      <c r="S20" s="49"/>
+      <c r="T20" s="49"/>
+      <c r="U20" s="49"/>
+      <c r="V20" s="49"/>
+      <c r="W20" s="49"/>
+      <c r="X20" s="49"/>
+      <c r="Y20" s="49"/>
+      <c r="Z20" s="49"/>
+      <c r="AA20" s="31" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE20" s="26"/>
+    </row>
+    <row r="21" spans="2:31" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B21" s="1" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22" spans="2:31" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D22" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="2:31" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B23" s="26"/>
+      <c r="C23" s="26"/>
+      <c r="D23" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="E23" s="26" t="s">
+        <v>174</v>
+      </c>
+      <c r="F23" s="26"/>
+      <c r="G23" s="26"/>
+      <c r="H23" s="26"/>
+      <c r="I23" s="26"/>
+      <c r="J23" s="26"/>
+      <c r="K23" s="26"/>
+      <c r="L23" s="26"/>
+      <c r="M23" s="26"/>
+      <c r="N23" s="26"/>
+      <c r="O23" s="26"/>
+      <c r="P23" s="26"/>
+      <c r="Q23" s="26"/>
+      <c r="R23" s="26"/>
+      <c r="S23" s="26"/>
+      <c r="T23" s="26"/>
+      <c r="U23" s="26"/>
+      <c r="V23" s="26"/>
+      <c r="W23" s="26"/>
+      <c r="X23" s="26"/>
+      <c r="Y23" s="26"/>
+      <c r="Z23" s="26"/>
+      <c r="AA23" s="26"/>
+      <c r="AB23" s="26"/>
+      <c r="AC23" s="26"/>
+      <c r="AD23" s="26"/>
+      <c r="AE23" s="26"/>
+    </row>
+    <row r="24" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B24" s="29" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" s="29"/>
+      <c r="D24" s="29"/>
+      <c r="E24" s="29"/>
+      <c r="F24" s="29"/>
+      <c r="G24" s="29"/>
+      <c r="H24" s="29"/>
+      <c r="I24" s="29"/>
+      <c r="J24" s="29"/>
+      <c r="K24" s="29"/>
+      <c r="L24" s="29"/>
+      <c r="M24" s="29"/>
+      <c r="N24" s="47"/>
+      <c r="O24" s="47"/>
+      <c r="P24" s="47"/>
+      <c r="Q24" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="R24" s="33"/>
+      <c r="S24" s="32" t="s">
+        <v>2</v>
+      </c>
+      <c r="T24" s="33"/>
+      <c r="U24" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="V24" s="29"/>
+      <c r="W24" s="29"/>
+      <c r="X24" s="29"/>
+      <c r="Y24" s="29"/>
+      <c r="Z24" s="29"/>
+      <c r="AA24" s="29"/>
+      <c r="AB24" s="29"/>
+      <c r="AC24" s="29"/>
+      <c r="AD24" s="29"/>
+      <c r="AE24" s="29"/>
+    </row>
+    <row r="25" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B25" s="29" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" s="29"/>
+      <c r="D25" s="29"/>
+      <c r="E25" s="29"/>
+      <c r="F25" s="29"/>
+      <c r="G25" s="29"/>
+      <c r="H25" s="29"/>
+      <c r="I25" s="29"/>
+      <c r="J25" s="29"/>
+      <c r="K25" s="29"/>
+      <c r="L25" s="29"/>
+      <c r="M25" s="29"/>
+      <c r="N25" s="47"/>
+      <c r="O25" s="47"/>
+      <c r="P25" s="47"/>
+      <c r="Q25" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="R25" s="33"/>
+      <c r="S25" s="32" t="s">
+        <v>2</v>
+      </c>
+      <c r="T25" s="33"/>
+      <c r="U25" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="V25" s="29"/>
+      <c r="W25" s="29"/>
+      <c r="X25" s="29"/>
+      <c r="Y25" s="29"/>
+      <c r="Z25" s="29"/>
+      <c r="AA25" s="29"/>
+      <c r="AB25" s="29"/>
+      <c r="AC25" s="29"/>
+      <c r="AD25" s="29"/>
+      <c r="AE25" s="29"/>
+    </row>
+    <row r="26" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B26" s="1" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C27" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J27" s="35" t="s">
+        <v>95</v>
+      </c>
+      <c r="K27" s="48"/>
+      <c r="L27" s="48"/>
+      <c r="M27" s="48"/>
+      <c r="N27" s="48"/>
+      <c r="O27" s="48"/>
+      <c r="P27" s="27" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="28" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C28" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="29" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C29" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="30" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C30" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="31" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D31" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="32" spans="2:31" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E32" s="1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="33" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E33" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="34" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D34" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="35" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E35" s="1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="36" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E36" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="37" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E37" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="38" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D38" s="28" t="s">
+        <v>104</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="39" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B39" s="26"/>
+      <c r="C39" s="26"/>
+      <c r="D39" s="26"/>
+      <c r="E39" s="31" t="s">
+        <v>106</v>
+      </c>
+      <c r="F39" s="49"/>
+      <c r="G39" s="49"/>
+      <c r="H39" s="49"/>
+      <c r="I39" s="49"/>
+      <c r="J39" s="49"/>
+      <c r="K39" s="49"/>
+      <c r="L39" s="49"/>
+      <c r="M39" s="49"/>
+      <c r="N39" s="31" t="s">
+        <v>107</v>
+      </c>
+      <c r="O39" s="26"/>
+      <c r="P39" s="26"/>
+      <c r="Q39" s="26"/>
+      <c r="R39" s="26"/>
+      <c r="S39" s="26"/>
+      <c r="T39" s="26"/>
+      <c r="U39" s="26"/>
+      <c r="V39" s="26"/>
+      <c r="W39" s="26"/>
+      <c r="X39" s="26"/>
+      <c r="Y39" s="26"/>
+      <c r="Z39" s="26"/>
+      <c r="AA39" s="26"/>
+      <c r="AB39" s="26"/>
+      <c r="AC39" s="26"/>
+      <c r="AD39" s="26"/>
+      <c r="AE39" s="26"/>
+    </row>
+    <row r="40" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B40" s="1" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="41" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C41" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="Q19" s="51" t="s">
+    </row>
+    <row r="42" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B42" s="26"/>
+      <c r="C42" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D42" s="26" t="s">
         <v>71</v>
       </c>
-      <c r="R19" s="51"/>
-[...572 lines deleted...]
-      <c r="AE44" s="48"/>
+      <c r="E42" s="26"/>
+      <c r="F42" s="26"/>
+      <c r="G42" s="26"/>
+      <c r="H42" s="26"/>
+      <c r="I42" s="26"/>
+      <c r="J42" s="26"/>
+      <c r="K42" s="26"/>
+      <c r="L42" s="26"/>
+      <c r="M42" s="26"/>
+      <c r="N42" s="26"/>
+      <c r="O42" s="26"/>
+      <c r="P42" s="26"/>
+      <c r="Q42" s="26"/>
+      <c r="R42" s="26"/>
+      <c r="S42" s="26"/>
+      <c r="T42" s="26"/>
+      <c r="U42" s="26"/>
+      <c r="V42" s="26"/>
+      <c r="W42" s="26"/>
+      <c r="X42" s="26"/>
+      <c r="Y42" s="26"/>
+      <c r="Z42" s="26"/>
+      <c r="AA42" s="26"/>
+      <c r="AB42" s="26"/>
+      <c r="AC42" s="26"/>
+      <c r="AD42" s="26"/>
+      <c r="AE42" s="26"/>
+    </row>
+    <row r="43" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B43" s="1" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="44" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C44" s="44"/>
+      <c r="D44" s="44"/>
+      <c r="E44" s="44"/>
+      <c r="F44" s="44"/>
+      <c r="G44" s="44"/>
+      <c r="H44" s="44"/>
+      <c r="I44" s="44"/>
+      <c r="J44" s="44"/>
+      <c r="K44" s="44"/>
+      <c r="L44" s="44"/>
+      <c r="M44" s="44"/>
+      <c r="N44" s="44"/>
+      <c r="O44" s="44"/>
+      <c r="P44" s="44"/>
+      <c r="Q44" s="44"/>
+      <c r="R44" s="44"/>
+      <c r="S44" s="44"/>
+      <c r="T44" s="44"/>
+      <c r="U44" s="44"/>
+      <c r="V44" s="44"/>
+      <c r="W44" s="44"/>
+      <c r="X44" s="44"/>
+      <c r="Y44" s="44"/>
+      <c r="Z44" s="44"/>
+      <c r="AA44" s="44"/>
+      <c r="AB44" s="44"/>
+      <c r="AC44" s="44"/>
+      <c r="AD44" s="44"/>
+      <c r="AE44" s="44"/>
+    </row>
+    <row r="45" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B45" s="26"/>
+      <c r="C45" s="45"/>
+      <c r="D45" s="45"/>
+      <c r="E45" s="45"/>
+      <c r="F45" s="45"/>
+      <c r="G45" s="45"/>
+      <c r="H45" s="45"/>
+      <c r="I45" s="45"/>
+      <c r="J45" s="45"/>
+      <c r="K45" s="45"/>
+      <c r="L45" s="45"/>
+      <c r="M45" s="45"/>
+      <c r="N45" s="45"/>
+      <c r="O45" s="45"/>
+      <c r="P45" s="45"/>
+      <c r="Q45" s="45"/>
+      <c r="R45" s="45"/>
+      <c r="S45" s="45"/>
+      <c r="T45" s="45"/>
+      <c r="U45" s="45"/>
+      <c r="V45" s="45"/>
+      <c r="W45" s="45"/>
+      <c r="X45" s="45"/>
+      <c r="Y45" s="45"/>
+      <c r="Z45" s="45"/>
+      <c r="AA45" s="45"/>
+      <c r="AB45" s="45"/>
+      <c r="AC45" s="45"/>
+      <c r="AD45" s="45"/>
+      <c r="AE45" s="45"/>
+    </row>
+    <row r="46" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B46" s="1" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="47" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C47" s="44"/>
+      <c r="D47" s="44"/>
+      <c r="E47" s="44"/>
+      <c r="F47" s="44"/>
+      <c r="G47" s="44"/>
+      <c r="H47" s="44"/>
+      <c r="I47" s="44"/>
+      <c r="J47" s="44"/>
+      <c r="K47" s="44"/>
+      <c r="L47" s="44"/>
+      <c r="M47" s="44"/>
+      <c r="N47" s="44"/>
+      <c r="O47" s="44"/>
+      <c r="P47" s="44"/>
+      <c r="Q47" s="44"/>
+      <c r="R47" s="44"/>
+      <c r="S47" s="44"/>
+      <c r="T47" s="44"/>
+      <c r="U47" s="44"/>
+      <c r="V47" s="44"/>
+      <c r="W47" s="44"/>
+      <c r="X47" s="44"/>
+      <c r="Y47" s="44"/>
+      <c r="Z47" s="44"/>
+      <c r="AA47" s="44"/>
+      <c r="AB47" s="44"/>
+      <c r="AC47" s="44"/>
+      <c r="AD47" s="44"/>
+      <c r="AE47" s="44"/>
+      <c r="AH47" s="3"/>
+    </row>
+    <row r="48" spans="2:34" ht="18.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B48" s="26"/>
+      <c r="C48" s="45"/>
+      <c r="D48" s="45"/>
+      <c r="E48" s="45"/>
+      <c r="F48" s="45"/>
+      <c r="G48" s="45"/>
+      <c r="H48" s="45"/>
+      <c r="I48" s="45"/>
+      <c r="J48" s="45"/>
+      <c r="K48" s="45"/>
+      <c r="L48" s="45"/>
+      <c r="M48" s="45"/>
+      <c r="N48" s="45"/>
+      <c r="O48" s="45"/>
+      <c r="P48" s="45"/>
+      <c r="Q48" s="45"/>
+      <c r="R48" s="45"/>
+      <c r="S48" s="45"/>
+      <c r="T48" s="45"/>
+      <c r="U48" s="45"/>
+      <c r="V48" s="45"/>
+      <c r="W48" s="45"/>
+      <c r="X48" s="45"/>
+      <c r="Y48" s="45"/>
+      <c r="Z48" s="45"/>
+      <c r="AA48" s="45"/>
+      <c r="AB48" s="45"/>
+      <c r="AC48" s="45"/>
+      <c r="AD48" s="45"/>
+      <c r="AE48" s="45"/>
     </row>
   </sheetData>
-  <mergeCells count="21">
-[...2 lines deleted...]
-    <mergeCell ref="K18:M18"/>
+  <mergeCells count="22">
+    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="G18:I18"/>
+    <mergeCell ref="G20:N20"/>
+    <mergeCell ref="S20:Z20"/>
+    <mergeCell ref="N24:P24"/>
+    <mergeCell ref="P20:R20"/>
     <mergeCell ref="B2:AE2"/>
-    <mergeCell ref="D11:G11"/>
-    <mergeCell ref="D14:G14"/>
+    <mergeCell ref="C11:F11"/>
+    <mergeCell ref="C14:F14"/>
     <mergeCell ref="K5:AE5"/>
     <mergeCell ref="K6:AE6"/>
     <mergeCell ref="K7:AE7"/>
-    <mergeCell ref="P15:R15"/>
-[...10 lines deleted...]
-    <mergeCell ref="Q19:S19"/>
+    <mergeCell ref="C47:AE47"/>
+    <mergeCell ref="C48:AE48"/>
+    <mergeCell ref="G19:I19"/>
+    <mergeCell ref="J18:L18"/>
+    <mergeCell ref="J19:L19"/>
+    <mergeCell ref="N25:P25"/>
+    <mergeCell ref="K27:O27"/>
+    <mergeCell ref="F39:M39"/>
+    <mergeCell ref="C44:AE44"/>
+    <mergeCell ref="C45:AE45"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="D9 D12 D26:D28 D30:D31 D33:D34 D36:D37 D21:D22" xr:uid="{1BB78882-C442-4687-9FFE-996225B70668}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="C9 C12 C41:C42 C27:C30 D31 D34 D38 D22:D23" xr:uid="{1BB78882-C442-4687-9FFE-996225B70668}">
       <formula1>選択</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="H19 T19" xr:uid="{C8B411E9-E7E9-4A75-B5CF-E73860EF820E}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="G20 S20" xr:uid="{C8B411E9-E7E9-4A75-B5CF-E73860EF820E}">
       <formula1>構造</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
-  <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="94" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF66CADB-7549-4351-89EB-3F1BB9BE67CA}">
-  <dimension ref="B2:AE22"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF66CADB-7549-4351-89EB-3F1BB9BE67CA}">
+  <dimension ref="B2:AH40"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="J5" sqref="J5:AE5"/>
+      <selection activeCell="C6" sqref="C6:AE6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="47" t="s">
-[...30 lines deleted...]
-      <c r="AE2" s="47"/>
+      <c r="B2" s="42" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="42"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="42"/>
+      <c r="S2" s="42"/>
+      <c r="T2" s="42"/>
+      <c r="U2" s="42"/>
+      <c r="V2" s="42"/>
+      <c r="W2" s="42"/>
+      <c r="X2" s="42"/>
+      <c r="Y2" s="42"/>
+      <c r="Z2" s="42"/>
+      <c r="AA2" s="42"/>
+      <c r="AB2" s="42"/>
+      <c r="AC2" s="42"/>
+      <c r="AD2" s="42"/>
+      <c r="AE2" s="42"/>
     </row>
     <row r="4" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="28" t="s">
-[...30 lines deleted...]
-      <c r="AE4" s="28"/>
+      <c r="B4" s="26" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="26"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="26"/>
+      <c r="M4" s="26"/>
+      <c r="N4" s="26"/>
+      <c r="O4" s="26"/>
+      <c r="P4" s="26"/>
+      <c r="Q4" s="26"/>
+      <c r="R4" s="26"/>
+      <c r="S4" s="26"/>
+      <c r="T4" s="26"/>
+      <c r="U4" s="26"/>
+      <c r="V4" s="26"/>
+      <c r="W4" s="26"/>
+      <c r="X4" s="26"/>
+      <c r="Y4" s="26"/>
+      <c r="Z4" s="26"/>
+      <c r="AA4" s="26"/>
+      <c r="AB4" s="26"/>
+      <c r="AC4" s="26"/>
+      <c r="AD4" s="26"/>
+      <c r="AE4" s="26"/>
     </row>
     <row r="5" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="1" t="s">
-        <v>83</v>
-[...22 lines deleted...]
-      <c r="AE5" s="45"/>
+        <v>114</v>
+      </c>
+      <c r="J5" s="36"/>
+      <c r="K5" s="36"/>
+      <c r="L5" s="36"/>
+      <c r="M5" s="36"/>
+      <c r="N5" s="36"/>
+      <c r="O5" s="36"/>
+      <c r="P5" s="36"/>
+      <c r="Q5" s="36"/>
+      <c r="R5" s="36"/>
+      <c r="S5" s="36"/>
+      <c r="T5" s="36"/>
+      <c r="U5" s="36"/>
+      <c r="V5" s="36"/>
+      <c r="W5" s="36"/>
+      <c r="X5" s="36"/>
+      <c r="Y5" s="36"/>
+      <c r="Z5" s="36"/>
+      <c r="AA5" s="36"/>
+      <c r="AB5" s="36"/>
+      <c r="AC5" s="36"/>
+      <c r="AD5" s="36"/>
+      <c r="AE5" s="36"/>
     </row>
     <row r="6" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="J6" s="45"/>
-[...20 lines deleted...]
-      <c r="AE6" s="45"/>
+      <c r="C6" s="41"/>
+      <c r="D6" s="41"/>
+      <c r="E6" s="41"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="41"/>
+      <c r="H6" s="41"/>
+      <c r="I6" s="41"/>
+      <c r="J6" s="41"/>
+      <c r="K6" s="41"/>
+      <c r="L6" s="41"/>
+      <c r="M6" s="41"/>
+      <c r="N6" s="41"/>
+      <c r="O6" s="41"/>
+      <c r="P6" s="41"/>
+      <c r="Q6" s="41"/>
+      <c r="R6" s="41"/>
+      <c r="S6" s="41"/>
+      <c r="T6" s="41"/>
+      <c r="U6" s="41"/>
+      <c r="V6" s="41"/>
+      <c r="W6" s="41"/>
+      <c r="X6" s="41"/>
+      <c r="Y6" s="41"/>
+      <c r="Z6" s="41"/>
+      <c r="AA6" s="41"/>
+      <c r="AB6" s="41"/>
+      <c r="AC6" s="41"/>
+      <c r="AD6" s="41"/>
+      <c r="AE6" s="41"/>
     </row>
     <row r="7" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B7" s="28"/>
-[...39 lines deleted...]
-      </c>
+      <c r="C7" s="41"/>
+      <c r="D7" s="41"/>
+      <c r="E7" s="41"/>
+      <c r="F7" s="41"/>
+      <c r="G7" s="41"/>
+      <c r="H7" s="41"/>
+      <c r="I7" s="41"/>
+      <c r="J7" s="41"/>
+      <c r="K7" s="41"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="41"/>
+      <c r="N7" s="41"/>
+      <c r="O7" s="41"/>
+      <c r="P7" s="41"/>
+      <c r="Q7" s="41"/>
+      <c r="R7" s="41"/>
+      <c r="S7" s="41"/>
+      <c r="T7" s="41"/>
+      <c r="U7" s="41"/>
+      <c r="V7" s="41"/>
+      <c r="W7" s="41"/>
+      <c r="X7" s="41"/>
+      <c r="Y7" s="41"/>
+      <c r="Z7" s="41"/>
+      <c r="AA7" s="41"/>
+      <c r="AB7" s="41"/>
+      <c r="AC7" s="41"/>
+      <c r="AD7" s="41"/>
+      <c r="AE7" s="41"/>
+    </row>
+    <row r="8" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B8" s="26"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="26"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="26"/>
+      <c r="O8" s="26"/>
+      <c r="P8" s="26"/>
+      <c r="Q8" s="26"/>
+      <c r="R8" s="26"/>
+      <c r="S8" s="26"/>
+      <c r="T8" s="26"/>
+      <c r="U8" s="26"/>
+      <c r="V8" s="26"/>
+      <c r="W8" s="26"/>
+      <c r="X8" s="26"/>
+      <c r="Y8" s="26"/>
+      <c r="Z8" s="26"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="26"/>
+      <c r="AC8" s="26"/>
+      <c r="AD8" s="26"/>
+      <c r="AE8" s="26"/>
     </row>
     <row r="9" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B9" s="28"/>
-[...28 lines deleted...]
-      <c r="AE9" s="28"/>
+      <c r="B9" s="1" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="10" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B10" s="1" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B11" s="26"/>
+      <c r="C11" s="26"/>
+      <c r="D11" s="26"/>
+      <c r="E11" s="26"/>
+      <c r="F11" s="26"/>
+      <c r="G11" s="26"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="26"/>
+      <c r="J11" s="26"/>
+      <c r="K11" s="26"/>
+      <c r="L11" s="26"/>
+      <c r="M11" s="26"/>
+      <c r="N11" s="26"/>
+      <c r="O11" s="26"/>
+      <c r="P11" s="26"/>
+      <c r="Q11" s="26"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="26"/>
+      <c r="T11" s="26"/>
+      <c r="U11" s="26"/>
+      <c r="V11" s="26"/>
+      <c r="W11" s="26"/>
+      <c r="X11" s="26"/>
+      <c r="Y11" s="26"/>
+      <c r="Z11" s="26"/>
+      <c r="AA11" s="26"/>
+      <c r="AB11" s="26"/>
+      <c r="AC11" s="26"/>
+      <c r="AD11" s="26"/>
+      <c r="AE11" s="26"/>
     </row>
     <row r="12" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D12" s="31" t="s">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="B12" s="1" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="13" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="28"/>
-[...33 lines deleted...]
-      </c>
+      <c r="C13" s="50"/>
+      <c r="D13" s="50"/>
+      <c r="E13" s="50"/>
+      <c r="F13" s="50"/>
+      <c r="G13" s="2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B14" s="26"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="26"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="26"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="26"/>
+      <c r="O14" s="26"/>
+      <c r="P14" s="26"/>
+      <c r="Q14" s="26"/>
+      <c r="R14" s="26"/>
+      <c r="S14" s="26"/>
+      <c r="T14" s="26"/>
+      <c r="U14" s="26"/>
+      <c r="V14" s="26"/>
+      <c r="W14" s="26"/>
+      <c r="X14" s="26"/>
+      <c r="Y14" s="26"/>
+      <c r="Z14" s="26"/>
+      <c r="AA14" s="26"/>
+      <c r="AB14" s="26"/>
+      <c r="AC14" s="26"/>
+      <c r="AD14" s="26"/>
+      <c r="AE14" s="26"/>
     </row>
     <row r="15" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D15" s="31" t="s">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="B15" s="1" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D16" s="31" t="s">
-[...3 lines deleted...]
-        <v>80</v>
+      <c r="C16" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B17" s="28"/>
-[...28 lines deleted...]
-      <c r="AE17" s="28"/>
+      <c r="C17" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="18" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B18" s="1" t="s">
-[...31 lines deleted...]
-      <c r="AE19" s="45"/>
+      <c r="C18" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B19" s="26"/>
+      <c r="C19" s="26"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="26"/>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="26"/>
+      <c r="L19" s="26"/>
+      <c r="M19" s="26"/>
+      <c r="N19" s="26"/>
+      <c r="O19" s="26"/>
+      <c r="P19" s="26"/>
+      <c r="Q19" s="26"/>
+      <c r="R19" s="26"/>
+      <c r="S19" s="26"/>
+      <c r="T19" s="26"/>
+      <c r="U19" s="26"/>
+      <c r="V19" s="26"/>
+      <c r="W19" s="26"/>
+      <c r="X19" s="26"/>
+      <c r="Y19" s="26"/>
+      <c r="Z19" s="26"/>
+      <c r="AA19" s="26"/>
+      <c r="AB19" s="26"/>
+      <c r="AC19" s="26"/>
+      <c r="AD19" s="26"/>
+      <c r="AE19" s="26"/>
     </row>
     <row r="20" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D20" s="45"/>
-[...26 lines deleted...]
-      <c r="AE20" s="45"/>
+      <c r="B20" s="1" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="21" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D21" s="45"/>
-[...26 lines deleted...]
-      <c r="AE21" s="45"/>
+      <c r="B21" s="1" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="22" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B22" s="28"/>
-[...28 lines deleted...]
-      <c r="AE22" s="28"/>
+      <c r="C22" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C23" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="24" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E24" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="J24" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="K24" s="48"/>
+      <c r="L24" s="48"/>
+      <c r="M24" s="48"/>
+      <c r="N24" s="48"/>
+      <c r="O24" s="48"/>
+      <c r="P24" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q24" s="1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="25" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B25" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="26" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C26" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C27" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="28" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="E28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="K28" s="48"/>
+      <c r="L28" s="48"/>
+      <c r="M28" s="48"/>
+      <c r="N28" s="48"/>
+      <c r="O28" s="48"/>
+      <c r="P28" s="2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="29" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B29" s="26"/>
+      <c r="C29" s="26"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="26"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="26"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+      <c r="K29" s="26"/>
+      <c r="L29" s="26"/>
+      <c r="M29" s="26"/>
+      <c r="N29" s="26"/>
+      <c r="O29" s="26"/>
+      <c r="P29" s="26"/>
+      <c r="Q29" s="26"/>
+      <c r="R29" s="26"/>
+      <c r="S29" s="26"/>
+      <c r="T29" s="26"/>
+      <c r="U29" s="26"/>
+      <c r="V29" s="26"/>
+      <c r="W29" s="26"/>
+      <c r="X29" s="26"/>
+      <c r="Y29" s="26"/>
+      <c r="Z29" s="26"/>
+      <c r="AA29" s="26"/>
+      <c r="AB29" s="26"/>
+      <c r="AC29" s="26"/>
+      <c r="AD29" s="26"/>
+      <c r="AE29" s="26"/>
+    </row>
+    <row r="30" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B30" s="1" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="31" spans="2:31" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C31" s="54"/>
+      <c r="D31" s="54"/>
+      <c r="E31" s="54"/>
+      <c r="F31" s="54"/>
+      <c r="G31" s="1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="32" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B32" s="26"/>
+      <c r="C32" s="26"/>
+      <c r="D32" s="26"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="26"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="26"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="26"/>
+      <c r="M32" s="26"/>
+      <c r="N32" s="26"/>
+      <c r="O32" s="26"/>
+      <c r="P32" s="26"/>
+      <c r="Q32" s="26"/>
+      <c r="R32" s="26"/>
+      <c r="S32" s="26"/>
+      <c r="T32" s="26"/>
+      <c r="U32" s="26"/>
+      <c r="V32" s="26"/>
+      <c r="W32" s="26"/>
+      <c r="X32" s="26"/>
+      <c r="Y32" s="26"/>
+      <c r="Z32" s="26"/>
+      <c r="AA32" s="26"/>
+      <c r="AB32" s="26"/>
+      <c r="AC32" s="26"/>
+      <c r="AD32" s="26"/>
+      <c r="AE32" s="26"/>
+    </row>
+    <row r="33" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B33" s="1" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="34" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C34" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="35" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C35" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="36" spans="2:34" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B36" s="26"/>
+      <c r="C36" s="26"/>
+      <c r="D36" s="26"/>
+      <c r="E36" s="26"/>
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="26"/>
+      <c r="L36" s="26"/>
+      <c r="M36" s="26"/>
+      <c r="N36" s="26"/>
+      <c r="O36" s="26"/>
+      <c r="P36" s="26"/>
+      <c r="Q36" s="26"/>
+      <c r="R36" s="26"/>
+      <c r="S36" s="26"/>
+      <c r="T36" s="26"/>
+      <c r="U36" s="26"/>
+      <c r="V36" s="26"/>
+      <c r="W36" s="26"/>
+      <c r="X36" s="26"/>
+      <c r="Y36" s="26"/>
+      <c r="Z36" s="26"/>
+      <c r="AA36" s="26"/>
+      <c r="AB36" s="26"/>
+      <c r="AC36" s="26"/>
+      <c r="AD36" s="26"/>
+      <c r="AE36" s="26"/>
+    </row>
+    <row r="37" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B37" s="1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="38" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C38" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="AH38" s="3"/>
+    </row>
+    <row r="39" spans="2:34" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C39" s="55"/>
+      <c r="D39" s="55"/>
+      <c r="E39" s="55"/>
+      <c r="F39" s="55"/>
+      <c r="G39" s="55"/>
+      <c r="H39" s="55"/>
+      <c r="I39" s="55"/>
+      <c r="J39" s="55"/>
+      <c r="K39" s="55"/>
+      <c r="L39" s="55"/>
+      <c r="M39" s="55"/>
+      <c r="N39" s="55"/>
+      <c r="O39" s="55"/>
+      <c r="P39" s="55"/>
+      <c r="Q39" s="55"/>
+      <c r="R39" s="55"/>
+      <c r="S39" s="55"/>
+      <c r="T39" s="55"/>
+      <c r="U39" s="55"/>
+      <c r="V39" s="55"/>
+      <c r="W39" s="55"/>
+      <c r="X39" s="55"/>
+      <c r="Y39" s="55"/>
+      <c r="Z39" s="55"/>
+      <c r="AA39" s="55"/>
+      <c r="AB39" s="55"/>
+      <c r="AC39" s="55"/>
+      <c r="AD39" s="55"/>
+      <c r="AE39" s="55"/>
+    </row>
+    <row r="40" spans="2:34" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B40" s="26"/>
+      <c r="C40" s="26"/>
+      <c r="D40" s="26"/>
+      <c r="E40" s="26"/>
+      <c r="F40" s="26"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="26"/>
+      <c r="J40" s="26"/>
+      <c r="K40" s="26"/>
+      <c r="L40" s="26"/>
+      <c r="M40" s="26"/>
+      <c r="N40" s="26"/>
+      <c r="O40" s="26"/>
+      <c r="P40" s="26"/>
+      <c r="Q40" s="26"/>
+      <c r="R40" s="26"/>
+      <c r="S40" s="26"/>
+      <c r="T40" s="26"/>
+      <c r="U40" s="26"/>
+      <c r="V40" s="26"/>
+      <c r="W40" s="26"/>
+      <c r="X40" s="26"/>
+      <c r="Y40" s="26"/>
+      <c r="Z40" s="26"/>
+      <c r="AA40" s="26"/>
+      <c r="AB40" s="26"/>
+      <c r="AC40" s="26"/>
+      <c r="AD40" s="26"/>
+      <c r="AE40" s="26"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
-[...2 lines deleted...]
-    <mergeCell ref="J8:L8"/>
+  <mergeCells count="9">
+    <mergeCell ref="K28:O28"/>
+    <mergeCell ref="C31:F31"/>
+    <mergeCell ref="C39:AE39"/>
+    <mergeCell ref="C10:E10"/>
     <mergeCell ref="B2:AE2"/>
-    <mergeCell ref="J5:AE5"/>
-[...1 lines deleted...]
-    <mergeCell ref="D19:AE19"/>
+    <mergeCell ref="C6:AE6"/>
+    <mergeCell ref="C7:AE7"/>
+    <mergeCell ref="C13:F13"/>
+    <mergeCell ref="K24:O24"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="D11:D12 D15:D16" xr:uid="{5E983DB3-867B-4AB8-9537-C9642510929B}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" sqref="C26:C27 C34:C35 C22:C23 C16:C18 C38" xr:uid="{5E983DB3-867B-4AB8-9537-C9642510929B}">
       <formula1>選択</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFAD14F7-93DF-4BA7-8D83-1328A7CBE45A}">
-  <dimension ref="B2:B34"/>
+  <dimension ref="B2:C44"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="AG1" sqref="AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="16384" width="3.28515625" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="2" spans="2:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3" spans="2:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B3" s="3" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="4" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="4" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B4" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="5" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="7" spans="2:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="3" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="3" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="3" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="11" spans="2:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="3" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="12" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="3" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="13" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="3" t="s">
-        <v>103</v>
-[...7 lines deleted...]
-    <row r="15" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C14" s="3" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="3" t="s">
-        <v>105</v>
-[...7 lines deleted...]
-    <row r="18" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C16" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="3" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="20" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="20" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="3" t="s">
-        <v>106</v>
-[...7 lines deleted...]
-    <row r="22" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C21" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="23" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B23" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C24" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="25" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C25" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="26" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B26" s="3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="27" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C27" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="28" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B28" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="29" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C29" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="31" spans="2:3" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B31" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="32" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B32" s="3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="33" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B33" s="3" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="34" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B34" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="35" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B35" s="3" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="36" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C36" s="3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="37" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C37" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="38" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B38" s="3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="39" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C39" s="3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="40" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C40" s="3" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="23" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...51 lines deleted...]
-        <v>112</v>
+    <row r="41" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B41" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="42" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C42" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="43" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B43" s="3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="44" spans="2:3" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C44" s="3" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="4"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.19685039370078741" top="0.39370078740157483" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="19" baseType="lpstr">
       <vt:lpstr>LIST</vt:lpstr>
       <vt:lpstr>第一面</vt:lpstr>
       <vt:lpstr>第二面</vt:lpstr>
       <vt:lpstr>第二面 (複主)</vt:lpstr>
       <vt:lpstr>第二面 (複代)</vt:lpstr>
-      <vt:lpstr>第二面 (複施) </vt:lpstr>
+      <vt:lpstr>第二面 (設計)</vt:lpstr>
       <vt:lpstr>第三面</vt:lpstr>
       <vt:lpstr>第四面</vt:lpstr>
       <vt:lpstr>注意</vt:lpstr>
       <vt:lpstr>第一面!Print_Area</vt:lpstr>
       <vt:lpstr>第三面!Print_Area</vt:lpstr>
       <vt:lpstr>第四面!Print_Area</vt:lpstr>
       <vt:lpstr>第二面!Print_Area</vt:lpstr>
-      <vt:lpstr>'第二面 (複施) '!Print_Area</vt:lpstr>
+      <vt:lpstr>'第二面 (設計)'!Print_Area</vt:lpstr>
       <vt:lpstr>'第二面 (複主)'!Print_Area</vt:lpstr>
       <vt:lpstr>'第二面 (複代)'!Print_Area</vt:lpstr>
       <vt:lpstr>注意!Print_Area</vt:lpstr>
       <vt:lpstr>構造</vt:lpstr>
       <vt:lpstr>選択</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>日本タリアセン株式会社</dc:creator>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:version>1.0</cp:version>
 </cp:coreProperties>
 </file>