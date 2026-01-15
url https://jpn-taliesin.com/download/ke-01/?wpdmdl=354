--- v0 (2025-10-09)
+++ v1 (2026-01-15)
@@ -1,83 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\_Stock\_240605\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\PC0002\5.IT関連\2021.04～用HP\書式\検査\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BEFFF59B-5FAC-481D-8205-993180BFB6BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FF6A5CD7-FBBD-4814-AA21-5802A616460A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3045" yWindow="60" windowWidth="25695" windowHeight="14850" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="検査予約票" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">検査予約票!$A$1:$AQ$67</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...10 lines deleted...]
-  </extLst>
+  <calcPr calcId="181029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="386" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="388" uniqueCount="186">
   <si>
     <t>別記JTC－第26号様式</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>日</t>
   </si>
   <si>
     <t>工事名称</t>
   </si>
   <si>
@@ -1444,60 +1433,70 @@
         <u/>
         <sz val="9"/>
         <rFont val="ＭＳ 明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>現場立会者の緊急時携帯</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="ＭＳ 明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t>の記入のご協力をよろしくお願いいたします。</t>
     </r>
     <rPh sb="6" eb="9">
       <t>キンキュウジ</t>
     </rPh>
     <rPh sb="21" eb="22">
       <t>トキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
+  <si>
+    <t>昇降機有り</t>
+    <rPh sb="0" eb="3">
+      <t>ショウコウキ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ア</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="0.00_ "/>
     <numFmt numFmtId="177" formatCode="0_);[Red]\(0\)"/>
   </numFmts>
-  <fonts count="51" x14ac:knownFonts="1">
+  <fonts count="52" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="ＭＳ Ｐゴシック"/>
@@ -1823,50 +1822,57 @@
     <font>
       <sz val="8"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="7.5"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="ＭＳ 明朝"/>
+      <family val="1"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="27">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1960,51 +1966,51 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="108">
+  <borders count="110">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
       </left>
       <right style="double">
         <color indexed="63"/>
       </right>
       <top style="double">
         <color indexed="63"/>
       </top>
       <bottom style="double">
         <color indexed="63"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
@@ -3243,50 +3249,72 @@
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
@@ -3400,51 +3428,51 @@
     <xf numFmtId="0" fontId="15" fillId="23" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="7" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="346">
+  <cellXfs count="352">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="distributed" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -3806,682 +3834,700 @@
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="37" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="177" fontId="37" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="26" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="26" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="26" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="26" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="106" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="107" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="34" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="24" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="99" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="47" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="30" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="30" fillId="0" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="26" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="177" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="24" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="24" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="25" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="37" fillId="0" borderId="10" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="46" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="24" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="10" xfId="46" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="25" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="37" fillId="0" borderId="95" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="177" fontId="34" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="34" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="26" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="26" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="26" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...136 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...70 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="25" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="25" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="24" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="25" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...291 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="108" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="24" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="24" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="51">
     <cellStyle name="20% - アクセント 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - アクセント 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - アクセント 3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - アクセント 4 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - アクセント 5 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - アクセント 6 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - アクセント 1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - アクセント 2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - アクセント 3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - アクセント 4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - アクセント 5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - アクセント 6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - アクセント 1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - アクセント 2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - アクセント 3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - アクセント 4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - アクセント 5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - アクセント 6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="アクセント 1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="アクセント 2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="アクセント 3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="アクセント 4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -4887,116 +4933,116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:AR68"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="AR1" sqref="AR1"/>
+      <selection activeCell="BQ26" sqref="BQ26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="44" width="2.625" style="1"/>
     <col min="45" max="16384" width="2.625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:43" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="AP2" s="2" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="3" spans="2:43" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="4" spans="2:43" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="C4" s="51"/>
       <c r="D4" s="51"/>
       <c r="E4" s="51"/>
       <c r="F4" s="51"/>
       <c r="G4" s="51"/>
       <c r="H4" s="51"/>
       <c r="I4" s="51"/>
       <c r="J4" s="51"/>
       <c r="K4" s="51"/>
       <c r="L4" s="51"/>
       <c r="M4" s="51"/>
       <c r="N4" s="51"/>
       <c r="O4" s="51"/>
-      <c r="P4" s="221" t="s">
+      <c r="P4" s="281" t="s">
         <v>30</v>
       </c>
-      <c r="Q4" s="221"/>
-[...10 lines deleted...]
-      <c r="AB4" s="221"/>
+      <c r="Q4" s="281"/>
+      <c r="R4" s="281"/>
+      <c r="S4" s="281"/>
+      <c r="T4" s="281"/>
+      <c r="U4" s="281"/>
+      <c r="V4" s="281"/>
+      <c r="W4" s="281"/>
+      <c r="X4" s="281"/>
+      <c r="Y4" s="281"/>
+      <c r="Z4" s="281"/>
+      <c r="AA4" s="281"/>
+      <c r="AB4" s="281"/>
       <c r="AC4" s="51"/>
       <c r="AD4" s="51"/>
       <c r="AE4" s="51"/>
-      <c r="AF4" s="211" t="s">
+      <c r="AF4" s="140" t="s">
         <v>95</v>
       </c>
-      <c r="AG4" s="211"/>
-[...1 lines deleted...]
-      <c r="AI4" s="212"/>
+      <c r="AG4" s="140"/>
+      <c r="AH4" s="275"/>
+      <c r="AI4" s="275"/>
       <c r="AJ4" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="AK4" s="212"/>
-      <c r="AL4" s="212"/>
+      <c r="AK4" s="275"/>
+      <c r="AL4" s="275"/>
       <c r="AM4" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="AN4" s="212"/>
-      <c r="AO4" s="212"/>
+      <c r="AN4" s="275"/>
+      <c r="AO4" s="275"/>
       <c r="AP4" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="2:43" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
@@ -5155,1023 +5201,1027 @@
       <c r="Y9" s="5"/>
       <c r="Z9" s="5"/>
       <c r="AA9" s="5"/>
       <c r="AB9" s="5"/>
       <c r="AC9" s="5"/>
       <c r="AD9" s="5"/>
       <c r="AF9" s="6"/>
       <c r="AG9" s="6"/>
       <c r="AH9" s="7"/>
       <c r="AI9" s="7"/>
       <c r="AJ9" s="6"/>
       <c r="AK9" s="7"/>
       <c r="AL9" s="7"/>
       <c r="AM9" s="6"/>
       <c r="AN9" s="7"/>
       <c r="AO9" s="7"/>
       <c r="AP9" s="6"/>
     </row>
     <row r="10" spans="2:43" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B10" s="35" t="s">
         <v>117</v>
       </c>
       <c r="AP10" s="34"/>
     </row>
     <row r="11" spans="2:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B11" s="184" t="s">
+      <c r="B11" s="149" t="s">
         <v>177</v>
       </c>
-      <c r="C11" s="251" t="s">
+      <c r="C11" s="267" t="s">
         <v>4</v>
       </c>
-      <c r="D11" s="229"/>
-[...18 lines deleted...]
-      <c r="W11" s="227" t="s">
+      <c r="D11" s="268"/>
+      <c r="E11" s="269"/>
+      <c r="F11" s="269"/>
+      <c r="G11" s="269"/>
+      <c r="H11" s="279"/>
+      <c r="I11" s="279"/>
+      <c r="J11" s="279"/>
+      <c r="K11" s="279"/>
+      <c r="L11" s="279"/>
+      <c r="M11" s="279"/>
+      <c r="N11" s="279"/>
+      <c r="O11" s="279"/>
+      <c r="P11" s="279"/>
+      <c r="Q11" s="279"/>
+      <c r="R11" s="279"/>
+      <c r="S11" s="279"/>
+      <c r="T11" s="279"/>
+      <c r="U11" s="279"/>
+      <c r="V11" s="279"/>
+      <c r="W11" s="285" t="s">
         <v>5</v>
       </c>
-      <c r="X11" s="228"/>
-[...17 lines deleted...]
-      <c r="AP11" s="220"/>
+      <c r="X11" s="286"/>
+      <c r="Y11" s="286"/>
+      <c r="Z11" s="286"/>
+      <c r="AA11" s="268"/>
+      <c r="AB11" s="279"/>
+      <c r="AC11" s="279"/>
+      <c r="AD11" s="279"/>
+      <c r="AE11" s="279"/>
+      <c r="AF11" s="279"/>
+      <c r="AG11" s="279"/>
+      <c r="AH11" s="279"/>
+      <c r="AI11" s="279"/>
+      <c r="AJ11" s="279"/>
+      <c r="AK11" s="279"/>
+      <c r="AL11" s="279"/>
+      <c r="AM11" s="279"/>
+      <c r="AN11" s="279"/>
+      <c r="AO11" s="279"/>
+      <c r="AP11" s="280"/>
       <c r="AQ11" s="36"/>
     </row>
     <row r="12" spans="2:43" ht="30" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B12" s="185"/>
-      <c r="C12" s="246" t="s">
+      <c r="B12" s="150"/>
+      <c r="C12" s="262" t="s">
         <v>174</v>
       </c>
-      <c r="D12" s="247"/>
-[...37 lines deleted...]
-      <c r="AP12" s="231"/>
+      <c r="D12" s="263"/>
+      <c r="E12" s="264"/>
+      <c r="F12" s="264"/>
+      <c r="G12" s="264"/>
+      <c r="H12" s="287"/>
+      <c r="I12" s="287"/>
+      <c r="J12" s="287"/>
+      <c r="K12" s="287"/>
+      <c r="L12" s="287"/>
+      <c r="M12" s="287"/>
+      <c r="N12" s="287"/>
+      <c r="O12" s="287"/>
+      <c r="P12" s="287"/>
+      <c r="Q12" s="287"/>
+      <c r="R12" s="287"/>
+      <c r="S12" s="287"/>
+      <c r="T12" s="287"/>
+      <c r="U12" s="287"/>
+      <c r="V12" s="287"/>
+      <c r="W12" s="287"/>
+      <c r="X12" s="287"/>
+      <c r="Y12" s="287"/>
+      <c r="Z12" s="287"/>
+      <c r="AA12" s="287"/>
+      <c r="AB12" s="287"/>
+      <c r="AC12" s="287"/>
+      <c r="AD12" s="287"/>
+      <c r="AE12" s="287"/>
+      <c r="AF12" s="287"/>
+      <c r="AG12" s="287"/>
+      <c r="AH12" s="287"/>
+      <c r="AI12" s="287"/>
+      <c r="AJ12" s="287"/>
+      <c r="AK12" s="287"/>
+      <c r="AL12" s="287"/>
+      <c r="AM12" s="287"/>
+      <c r="AN12" s="287"/>
+      <c r="AO12" s="287"/>
+      <c r="AP12" s="288"/>
       <c r="AQ12" s="36"/>
     </row>
     <row r="13" spans="2:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B13" s="185"/>
-      <c r="C13" s="213" t="s">
+      <c r="B13" s="150"/>
+      <c r="C13" s="276" t="s">
         <v>6</v>
       </c>
-      <c r="D13" s="214"/>
-[...6 lines deleted...]
-      <c r="K13" s="216"/>
+      <c r="D13" s="235"/>
+      <c r="E13" s="235"/>
+      <c r="F13" s="235"/>
+      <c r="G13" s="236"/>
+      <c r="H13" s="240"/>
+      <c r="I13" s="240"/>
+      <c r="J13" s="240"/>
+      <c r="K13" s="240"/>
       <c r="L13" s="54" t="s">
         <v>7</v>
       </c>
-      <c r="M13" s="216"/>
-[...2 lines deleted...]
-      <c r="P13" s="216"/>
+      <c r="M13" s="240"/>
+      <c r="N13" s="240"/>
+      <c r="O13" s="240"/>
+      <c r="P13" s="240"/>
       <c r="Q13" s="54" t="s">
         <v>8</v>
       </c>
-      <c r="R13" s="226" t="s">
+      <c r="R13" s="284" t="s">
         <v>118</v>
       </c>
-      <c r="S13" s="226"/>
-[...6 lines deleted...]
-      <c r="Z13" s="218" t="s">
+      <c r="S13" s="284"/>
+      <c r="T13" s="284"/>
+      <c r="U13" s="284"/>
+      <c r="V13" s="284"/>
+      <c r="W13" s="284"/>
+      <c r="X13" s="284"/>
+      <c r="Y13" s="284"/>
+      <c r="Z13" s="278" t="s">
         <v>9</v>
       </c>
-      <c r="AA13" s="218"/>
-[...1 lines deleted...]
-      <c r="AC13" s="217"/>
+      <c r="AA13" s="278"/>
+      <c r="AB13" s="277"/>
+      <c r="AC13" s="277"/>
       <c r="AD13" s="55" t="s">
         <v>10</v>
       </c>
-      <c r="AE13" s="257" t="s">
+      <c r="AE13" s="234" t="s">
         <v>11</v>
       </c>
-      <c r="AF13" s="214"/>
-[...9 lines deleted...]
-      <c r="AP13" s="261"/>
+      <c r="AF13" s="235"/>
+      <c r="AG13" s="235"/>
+      <c r="AH13" s="235"/>
+      <c r="AI13" s="236"/>
+      <c r="AJ13" s="240"/>
+      <c r="AK13" s="240"/>
+      <c r="AL13" s="240"/>
+      <c r="AM13" s="240"/>
+      <c r="AN13" s="240"/>
+      <c r="AO13" s="240"/>
+      <c r="AP13" s="241"/>
       <c r="AQ13" s="36"/>
     </row>
     <row r="14" spans="2:43" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B14" s="185"/>
-      <c r="C14" s="253" t="s">
+      <c r="B14" s="150"/>
+      <c r="C14" s="270" t="s">
         <v>20</v>
       </c>
-      <c r="D14" s="254"/>
-[...6 lines deleted...]
-      <c r="K14" s="256"/>
+      <c r="D14" s="271"/>
+      <c r="E14" s="271"/>
+      <c r="F14" s="271"/>
+      <c r="G14" s="272"/>
+      <c r="H14" s="233"/>
+      <c r="I14" s="233"/>
+      <c r="J14" s="233"/>
+      <c r="K14" s="233"/>
       <c r="L14" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="M14" s="257" t="s">
+      <c r="M14" s="234" t="s">
         <v>129</v>
       </c>
-      <c r="N14" s="214"/>
-[...6 lines deleted...]
-      <c r="U14" s="256"/>
+      <c r="N14" s="235"/>
+      <c r="O14" s="235"/>
+      <c r="P14" s="235"/>
+      <c r="Q14" s="236"/>
+      <c r="R14" s="233"/>
+      <c r="S14" s="233"/>
+      <c r="T14" s="233"/>
+      <c r="U14" s="233"/>
       <c r="V14" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="W14" s="258" t="s">
+      <c r="W14" s="237" t="s">
         <v>164</v>
       </c>
-      <c r="X14" s="259"/>
-[...2 lines deleted...]
-      <c r="AA14" s="260"/>
+      <c r="X14" s="238"/>
+      <c r="Y14" s="238"/>
+      <c r="Z14" s="238"/>
+      <c r="AA14" s="239"/>
       <c r="AB14" s="56" t="s">
         <v>16</v>
       </c>
       <c r="AC14" s="10" t="s">
         <v>17</v>
       </c>
       <c r="AD14" s="10"/>
       <c r="AE14" s="56" t="s">
         <v>16</v>
       </c>
       <c r="AF14" s="10" t="s">
         <v>144</v>
       </c>
       <c r="AG14" s="10"/>
       <c r="AH14" s="10"/>
       <c r="AI14" s="56" t="s">
         <v>16</v>
       </c>
       <c r="AJ14" s="10" t="s">
         <v>18</v>
       </c>
       <c r="AK14" s="10"/>
       <c r="AL14" s="10"/>
       <c r="AM14" s="56" t="s">
         <v>16</v>
       </c>
       <c r="AN14" s="10" t="s">
         <v>19</v>
       </c>
       <c r="AO14" s="10"/>
       <c r="AP14" s="57"/>
     </row>
     <row r="15" spans="2:43" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="185"/>
-      <c r="C15" s="233" t="s">
+      <c r="B15" s="150"/>
+      <c r="C15" s="250" t="s">
         <v>12</v>
       </c>
-      <c r="D15" s="234"/>
-[...3 lines deleted...]
-      <c r="H15" s="225" t="s">
+      <c r="D15" s="251"/>
+      <c r="E15" s="251"/>
+      <c r="F15" s="251"/>
+      <c r="G15" s="252"/>
+      <c r="H15" s="283" t="s">
         <v>13</v>
       </c>
-      <c r="I15" s="225"/>
-[...1 lines deleted...]
-      <c r="K15" s="236"/>
+      <c r="I15" s="283"/>
+      <c r="J15" s="253"/>
+      <c r="K15" s="253"/>
       <c r="L15" s="58" t="s">
         <v>14</v>
       </c>
-      <c r="M15" s="225" t="s">
+      <c r="M15" s="283" t="s">
         <v>15</v>
       </c>
-      <c r="N15" s="225"/>
-[...1 lines deleted...]
-      <c r="P15" s="236"/>
+      <c r="N15" s="283"/>
+      <c r="O15" s="253"/>
+      <c r="P15" s="253"/>
       <c r="Q15" s="58" t="s">
         <v>14</v>
       </c>
-      <c r="R15" s="262" t="s">
+      <c r="R15" s="242" t="s">
         <v>178</v>
       </c>
-      <c r="S15" s="263"/>
-[...7 lines deleted...]
-      <c r="AA15" s="264"/>
+      <c r="S15" s="243"/>
+      <c r="T15" s="243"/>
+      <c r="U15" s="243"/>
+      <c r="V15" s="243"/>
+      <c r="W15" s="243"/>
+      <c r="X15" s="243"/>
+      <c r="Y15" s="243"/>
+      <c r="Z15" s="243"/>
+      <c r="AA15" s="244"/>
       <c r="AB15" s="60" t="s">
         <v>16</v>
       </c>
       <c r="AC15" s="59" t="s">
         <v>22</v>
       </c>
       <c r="AD15" s="59"/>
       <c r="AE15" s="60" t="s">
         <v>16</v>
       </c>
       <c r="AF15" s="59" t="s">
         <v>127</v>
       </c>
       <c r="AG15" s="59"/>
       <c r="AH15" s="6" t="s">
         <v>168</v>
       </c>
       <c r="AI15" s="60" t="s">
         <v>16</v>
       </c>
       <c r="AJ15" s="80" t="s">
         <v>165</v>
       </c>
       <c r="AK15" s="60" t="s">
         <v>16</v>
       </c>
       <c r="AL15" s="80" t="s">
         <v>167</v>
       </c>
       <c r="AM15" s="60" t="s">
         <v>16</v>
       </c>
       <c r="AN15" s="80" t="s">
         <v>166</v>
       </c>
       <c r="AO15" s="6" t="s">
         <v>169</v>
       </c>
       <c r="AP15" s="61"/>
     </row>
     <row r="16" spans="2:43" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B16" s="184" t="s">
+      <c r="B16" s="149" t="s">
         <v>29</v>
       </c>
-      <c r="C16" s="245" t="s">
+      <c r="C16" s="223" t="s">
         <v>24</v>
       </c>
-      <c r="D16" s="245"/>
-[...8 lines deleted...]
-      <c r="M16" s="244" t="s">
+      <c r="D16" s="223"/>
+      <c r="E16" s="223"/>
+      <c r="F16" s="223"/>
+      <c r="G16" s="223"/>
+      <c r="H16" s="223"/>
+      <c r="I16" s="223"/>
+      <c r="J16" s="223"/>
+      <c r="K16" s="223"/>
+      <c r="L16" s="249"/>
+      <c r="M16" s="248" t="s">
         <v>57</v>
       </c>
-      <c r="N16" s="245"/>
-[...8 lines deleted...]
-      <c r="W16" s="244" t="s">
+      <c r="N16" s="223"/>
+      <c r="O16" s="223"/>
+      <c r="P16" s="223"/>
+      <c r="Q16" s="223"/>
+      <c r="R16" s="223"/>
+      <c r="S16" s="223"/>
+      <c r="T16" s="223"/>
+      <c r="U16" s="223"/>
+      <c r="V16" s="224"/>
+      <c r="W16" s="248" t="s">
         <v>58</v>
       </c>
-      <c r="X16" s="245"/>
-[...8 lines deleted...]
-      <c r="AG16" s="265" t="s">
+      <c r="X16" s="223"/>
+      <c r="Y16" s="223"/>
+      <c r="Z16" s="223"/>
+      <c r="AA16" s="223"/>
+      <c r="AB16" s="223"/>
+      <c r="AC16" s="223"/>
+      <c r="AD16" s="223"/>
+      <c r="AE16" s="223"/>
+      <c r="AF16" s="223"/>
+      <c r="AG16" s="245" t="s">
         <v>120</v>
       </c>
-      <c r="AH16" s="266"/>
-[...7 lines deleted...]
-      <c r="AP16" s="267"/>
+      <c r="AH16" s="246"/>
+      <c r="AI16" s="246"/>
+      <c r="AJ16" s="246"/>
+      <c r="AK16" s="246"/>
+      <c r="AL16" s="246"/>
+      <c r="AM16" s="246"/>
+      <c r="AN16" s="246"/>
+      <c r="AO16" s="246"/>
+      <c r="AP16" s="247"/>
     </row>
     <row r="17" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B17" s="185"/>
-[...1 lines deleted...]
-      <c r="D17" s="224"/>
+      <c r="B17" s="150"/>
+      <c r="C17" s="255"/>
+      <c r="D17" s="255"/>
       <c r="E17" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="F17" s="224"/>
-      <c r="G17" s="224"/>
+      <c r="F17" s="255"/>
+      <c r="G17" s="255"/>
       <c r="H17" s="69" t="s">
         <v>3</v>
       </c>
       <c r="I17" s="82" t="s">
         <v>119</v>
       </c>
-      <c r="J17" s="222"/>
-      <c r="K17" s="222"/>
+      <c r="J17" s="209"/>
+      <c r="K17" s="209"/>
       <c r="L17" s="83" t="s">
         <v>121</v>
       </c>
-      <c r="M17" s="223"/>
-      <c r="N17" s="224"/>
+      <c r="M17" s="282"/>
+      <c r="N17" s="255"/>
       <c r="O17" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="P17" s="224"/>
-      <c r="Q17" s="224"/>
+      <c r="P17" s="255"/>
+      <c r="Q17" s="255"/>
       <c r="R17" s="69" t="s">
         <v>3</v>
       </c>
       <c r="S17" s="82" t="s">
         <v>119</v>
       </c>
-      <c r="T17" s="222"/>
-      <c r="U17" s="222"/>
+      <c r="T17" s="209"/>
+      <c r="U17" s="209"/>
       <c r="V17" s="83" t="s">
         <v>121</v>
       </c>
-      <c r="W17" s="223"/>
-      <c r="X17" s="224"/>
+      <c r="W17" s="282"/>
+      <c r="X17" s="255"/>
       <c r="Y17" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="Z17" s="224"/>
-      <c r="AA17" s="224"/>
+      <c r="Z17" s="255"/>
+      <c r="AA17" s="255"/>
       <c r="AB17" s="69" t="s">
         <v>3</v>
       </c>
       <c r="AC17" s="82" t="s">
         <v>119</v>
       </c>
-      <c r="AD17" s="222"/>
-      <c r="AE17" s="222"/>
+      <c r="AD17" s="209"/>
+      <c r="AE17" s="209"/>
       <c r="AF17" s="83" t="s">
         <v>121</v>
       </c>
       <c r="AG17" s="84" t="s">
         <v>128</v>
       </c>
       <c r="AH17" s="34"/>
       <c r="AI17" s="69" t="s">
         <v>16</v>
       </c>
       <c r="AJ17" s="34" t="s">
         <v>22</v>
       </c>
       <c r="AK17" s="34"/>
       <c r="AL17" s="34"/>
       <c r="AM17" s="69" t="s">
         <v>16</v>
       </c>
       <c r="AN17" s="34" t="s">
         <v>23</v>
       </c>
       <c r="AO17" s="34"/>
       <c r="AP17" s="68"/>
     </row>
     <row r="18" spans="2:42" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="186"/>
+      <c r="B18" s="254"/>
       <c r="C18" s="12" t="s">
         <v>128</v>
       </c>
       <c r="D18" s="45"/>
       <c r="E18" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="F18" s="176" t="s">
+      <c r="F18" s="206" t="s">
         <v>25</v>
       </c>
-      <c r="G18" s="176"/>
-      <c r="H18" s="176"/>
+      <c r="G18" s="206"/>
+      <c r="H18" s="206"/>
       <c r="I18" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="J18" s="176" t="s">
+      <c r="J18" s="206" t="s">
         <v>26</v>
       </c>
-      <c r="K18" s="176"/>
-      <c r="L18" s="285"/>
+      <c r="K18" s="206"/>
+      <c r="L18" s="221"/>
       <c r="M18" s="12" t="s">
         <v>128</v>
       </c>
       <c r="N18" s="45"/>
       <c r="O18" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="P18" s="176" t="s">
+      <c r="P18" s="206" t="s">
         <v>25</v>
       </c>
-      <c r="Q18" s="176"/>
-      <c r="R18" s="176"/>
+      <c r="Q18" s="206"/>
+      <c r="R18" s="206"/>
       <c r="S18" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="T18" s="176" t="s">
+      <c r="T18" s="206" t="s">
         <v>26</v>
       </c>
-      <c r="U18" s="176"/>
-      <c r="V18" s="285"/>
+      <c r="U18" s="206"/>
+      <c r="V18" s="221"/>
       <c r="W18" s="12" t="s">
         <v>128</v>
       </c>
       <c r="X18" s="45"/>
       <c r="Y18" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="Z18" s="176" t="s">
+      <c r="Z18" s="206" t="s">
         <v>25</v>
       </c>
-      <c r="AA18" s="176"/>
-      <c r="AB18" s="176"/>
+      <c r="AA18" s="206"/>
+      <c r="AB18" s="206"/>
       <c r="AC18" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="AD18" s="176" t="s">
+      <c r="AD18" s="206" t="s">
         <v>26</v>
       </c>
-      <c r="AE18" s="176"/>
-      <c r="AF18" s="285"/>
+      <c r="AE18" s="206"/>
+      <c r="AF18" s="221"/>
       <c r="AG18" s="86" t="s">
         <v>119</v>
       </c>
       <c r="AH18" s="87" t="s">
         <v>27</v>
       </c>
       <c r="AI18" s="45"/>
-      <c r="AJ18" s="176"/>
-[...2 lines deleted...]
-      <c r="AM18" s="176"/>
+      <c r="AJ18" s="206"/>
+      <c r="AK18" s="206"/>
+      <c r="AL18" s="206"/>
+      <c r="AM18" s="206"/>
       <c r="AN18" s="45"/>
       <c r="AO18" s="88" t="s">
         <v>28</v>
       </c>
       <c r="AP18" s="89" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="19" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B19" s="185" t="s">
+      <c r="B19" s="150" t="s">
         <v>179</v>
       </c>
-      <c r="C19" s="286" t="s">
+      <c r="C19" s="222" t="s">
         <v>130</v>
       </c>
-      <c r="D19" s="245"/>
-[...2 lines deleted...]
-      <c r="G19" s="268"/>
+      <c r="D19" s="223"/>
+      <c r="E19" s="223"/>
+      <c r="F19" s="223"/>
+      <c r="G19" s="224"/>
       <c r="H19" s="17" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="90" t="s">
         <v>148</v>
       </c>
       <c r="J19" s="91"/>
       <c r="K19" s="91"/>
       <c r="L19" s="90"/>
       <c r="M19" s="17" t="s">
         <v>16</v>
       </c>
       <c r="N19" s="90" t="s">
         <v>115</v>
       </c>
       <c r="O19" s="90"/>
       <c r="P19" s="90"/>
       <c r="Q19" s="90"/>
       <c r="R19" s="17" t="s">
         <v>16</v>
       </c>
       <c r="S19" s="90" t="s">
         <v>181</v>
       </c>
       <c r="T19" s="90"/>
       <c r="U19" s="90"/>
       <c r="V19" s="90"/>
       <c r="W19" s="90"/>
       <c r="X19" s="90"/>
       <c r="Y19" s="90"/>
       <c r="Z19" s="90"/>
       <c r="AA19" s="90"/>
       <c r="AB19" s="90"/>
       <c r="AC19" s="90"/>
       <c r="AD19" s="90"/>
       <c r="AE19" s="90"/>
       <c r="AF19" s="92"/>
       <c r="AG19" s="44" t="s">
         <v>16</v>
       </c>
-      <c r="AH19" s="180" t="s">
+      <c r="AH19" s="291" t="s">
         <v>55</v>
       </c>
-      <c r="AI19" s="180"/>
-[...6 lines deleted...]
-      <c r="AP19" s="181"/>
+      <c r="AI19" s="291"/>
+      <c r="AJ19" s="291"/>
+      <c r="AK19" s="291"/>
+      <c r="AL19" s="291"/>
+      <c r="AM19" s="291"/>
+      <c r="AN19" s="291"/>
+      <c r="AO19" s="291"/>
+      <c r="AP19" s="292"/>
     </row>
     <row r="20" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B20" s="185"/>
-[...3 lines deleted...]
-      <c r="D20" s="288" t="s">
+      <c r="B20" s="150"/>
+      <c r="C20" s="348" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" s="346" t="s">
         <v>31</v>
       </c>
-      <c r="E20" s="288"/>
-[...6 lines deleted...]
-      <c r="L20" s="289"/>
+      <c r="E20" s="346"/>
+      <c r="F20" s="346"/>
+      <c r="G20" s="346"/>
+      <c r="H20" s="346"/>
+      <c r="I20" s="346"/>
+      <c r="J20" s="346"/>
+      <c r="K20" s="346"/>
+      <c r="L20" s="347"/>
       <c r="M20" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="N20" s="291" t="s">
+      <c r="N20" s="229" t="s">
         <v>111</v>
       </c>
-      <c r="O20" s="291"/>
-[...10 lines deleted...]
-      <c r="X20" s="288" t="s">
+      <c r="O20" s="229"/>
+      <c r="P20" s="229"/>
+      <c r="Q20" s="229"/>
+      <c r="R20" s="229"/>
+      <c r="S20" s="229"/>
+      <c r="T20" s="229"/>
+      <c r="U20" s="229"/>
+      <c r="V20" s="230"/>
+      <c r="W20" s="184" t="s">
+        <v>16</v>
+      </c>
+      <c r="X20" s="225" t="s">
         <v>33</v>
       </c>
-      <c r="Y20" s="288"/>
-[...6 lines deleted...]
-      <c r="AF20" s="289"/>
+      <c r="Y20" s="225"/>
+      <c r="Z20" s="225"/>
+      <c r="AA20" s="225"/>
+      <c r="AB20" s="225"/>
+      <c r="AC20" s="225"/>
+      <c r="AD20" s="225"/>
+      <c r="AE20" s="225"/>
+      <c r="AF20" s="226"/>
       <c r="AG20" s="23" t="s">
         <v>16</v>
       </c>
-      <c r="AH20" s="273" t="s">
+      <c r="AH20" s="213" t="s">
         <v>171</v>
       </c>
-      <c r="AI20" s="273"/>
-[...6 lines deleted...]
-      <c r="AP20" s="274"/>
+      <c r="AI20" s="213"/>
+      <c r="AJ20" s="213"/>
+      <c r="AK20" s="213"/>
+      <c r="AL20" s="213"/>
+      <c r="AM20" s="213"/>
+      <c r="AN20" s="213"/>
+      <c r="AO20" s="213"/>
+      <c r="AP20" s="214"/>
     </row>
     <row r="21" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B21" s="185"/>
-[...9 lines deleted...]
-      <c r="L21" s="290"/>
+      <c r="B21" s="150"/>
+      <c r="C21" s="349"/>
+      <c r="D21" s="345" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="350" t="s">
+        <v>185</v>
+      </c>
+      <c r="F21" s="350"/>
+      <c r="G21" s="350"/>
+      <c r="H21" s="350"/>
+      <c r="I21" s="350"/>
+      <c r="J21" s="350"/>
+      <c r="K21" s="350"/>
+      <c r="L21" s="351"/>
       <c r="M21" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="N21" s="293" t="s">
+      <c r="N21" s="231" t="s">
         <v>181</v>
       </c>
-      <c r="O21" s="293"/>
-[...16 lines deleted...]
-      <c r="AF21" s="290"/>
+      <c r="O21" s="231"/>
+      <c r="P21" s="231"/>
+      <c r="Q21" s="231"/>
+      <c r="R21" s="231"/>
+      <c r="S21" s="231"/>
+      <c r="T21" s="231"/>
+      <c r="U21" s="231"/>
+      <c r="V21" s="232"/>
+      <c r="W21" s="185"/>
+      <c r="X21" s="227"/>
+      <c r="Y21" s="227"/>
+      <c r="Z21" s="227"/>
+      <c r="AA21" s="227"/>
+      <c r="AB21" s="227"/>
+      <c r="AC21" s="227"/>
+      <c r="AD21" s="227"/>
+      <c r="AE21" s="227"/>
+      <c r="AF21" s="228"/>
       <c r="AG21" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="AH21" s="182" t="s">
+      <c r="AH21" s="227" t="s">
         <v>170</v>
       </c>
-      <c r="AI21" s="182"/>
-[...6 lines deleted...]
-      <c r="AP21" s="183"/>
+      <c r="AI21" s="227"/>
+      <c r="AJ21" s="227"/>
+      <c r="AK21" s="227"/>
+      <c r="AL21" s="227"/>
+      <c r="AM21" s="227"/>
+      <c r="AN21" s="227"/>
+      <c r="AO21" s="227"/>
+      <c r="AP21" s="293"/>
     </row>
     <row r="22" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B22" s="185"/>
-      <c r="C22" s="281" t="s">
+      <c r="B22" s="150"/>
+      <c r="C22" s="186" t="s">
         <v>34</v>
       </c>
-      <c r="D22" s="281"/>
-      <c r="E22" s="281"/>
+      <c r="D22" s="186"/>
+      <c r="E22" s="186"/>
       <c r="F22" s="93" t="s">
         <v>35</v>
       </c>
-      <c r="G22" s="272"/>
-[...3 lines deleted...]
-      <c r="K22" s="272"/>
+      <c r="G22" s="212"/>
+      <c r="H22" s="212"/>
+      <c r="I22" s="212"/>
+      <c r="J22" s="212"/>
+      <c r="K22" s="212"/>
       <c r="L22" s="94" t="s">
         <v>36</v>
       </c>
-      <c r="M22" s="280" t="s">
+      <c r="M22" s="187" t="s">
         <v>37</v>
       </c>
-      <c r="N22" s="281"/>
-      <c r="O22" s="281"/>
+      <c r="N22" s="186"/>
+      <c r="O22" s="186"/>
       <c r="P22" s="93" t="s">
         <v>35</v>
       </c>
-      <c r="Q22" s="272"/>
-[...3 lines deleted...]
-      <c r="U22" s="272"/>
+      <c r="Q22" s="212"/>
+      <c r="R22" s="212"/>
+      <c r="S22" s="212"/>
+      <c r="T22" s="212"/>
+      <c r="U22" s="212"/>
       <c r="V22" s="94" t="s">
         <v>36</v>
       </c>
-      <c r="W22" s="280" t="s">
+      <c r="W22" s="187" t="s">
         <v>38</v>
       </c>
-      <c r="X22" s="281"/>
-      <c r="Y22" s="281"/>
+      <c r="X22" s="186"/>
+      <c r="Y22" s="186"/>
       <c r="Z22" s="93" t="s">
         <v>35</v>
       </c>
-      <c r="AA22" s="272"/>
-[...3 lines deleted...]
-      <c r="AE22" s="272"/>
+      <c r="AA22" s="212"/>
+      <c r="AB22" s="212"/>
+      <c r="AC22" s="212"/>
+      <c r="AD22" s="212"/>
+      <c r="AE22" s="212"/>
       <c r="AF22" s="94" t="s">
         <v>36</v>
       </c>
-      <c r="AG22" s="280" t="s">
+      <c r="AG22" s="187" t="s">
         <v>112</v>
       </c>
-      <c r="AH22" s="281"/>
-      <c r="AI22" s="281"/>
+      <c r="AH22" s="186"/>
+      <c r="AI22" s="186"/>
       <c r="AJ22" s="93" t="s">
         <v>35</v>
       </c>
-      <c r="AK22" s="272"/>
-[...3 lines deleted...]
-      <c r="AO22" s="272"/>
+      <c r="AK22" s="212"/>
+      <c r="AL22" s="212"/>
+      <c r="AM22" s="212"/>
+      <c r="AN22" s="212"/>
+      <c r="AO22" s="212"/>
       <c r="AP22" s="95" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="23" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B23" s="185"/>
+      <c r="B23" s="150"/>
       <c r="C23" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D23" s="96" t="s">
         <v>39</v>
       </c>
       <c r="E23" s="97"/>
       <c r="F23" s="97"/>
       <c r="G23" s="82" t="s">
         <v>119</v>
       </c>
-      <c r="H23" s="168"/>
-      <c r="I23" s="168"/>
+      <c r="H23" s="207"/>
+      <c r="I23" s="207"/>
       <c r="J23" s="34"/>
       <c r="K23" s="98" t="s">
         <v>40</v>
       </c>
       <c r="L23" s="99" t="s">
         <v>154</v>
       </c>
-      <c r="M23" s="249" t="s">
+      <c r="M23" s="265" t="s">
         <v>133</v>
       </c>
       <c r="N23" s="38" t="s">
         <v>16</v>
       </c>
       <c r="O23" s="100" t="s">
         <v>51</v>
       </c>
       <c r="P23" s="34"/>
       <c r="Q23" s="34"/>
       <c r="R23" s="34"/>
       <c r="S23" s="38" t="s">
         <v>16</v>
       </c>
       <c r="T23" s="100" t="s">
         <v>132</v>
       </c>
       <c r="U23" s="34"/>
       <c r="V23" s="101"/>
       <c r="W23" s="27" t="s">
         <v>16</v>
       </c>
       <c r="X23" s="102" t="s">
         <v>32</v>
       </c>
       <c r="Y23" s="102"/>
       <c r="Z23" s="102"/>
       <c r="AA23" s="102"/>
       <c r="AB23" s="26" t="s">
         <v>16</v>
       </c>
       <c r="AC23" s="102" t="s">
         <v>134</v>
       </c>
       <c r="AD23" s="102"/>
       <c r="AE23" s="102"/>
       <c r="AF23" s="103"/>
       <c r="AG23" s="24" t="s">
         <v>16</v>
       </c>
       <c r="AH23" s="96" t="s">
         <v>39</v>
       </c>
       <c r="AI23" s="97"/>
       <c r="AJ23" s="97"/>
       <c r="AK23" s="82" t="s">
         <v>119</v>
       </c>
-      <c r="AL23" s="168"/>
-      <c r="AM23" s="168"/>
+      <c r="AL23" s="207"/>
+      <c r="AM23" s="207"/>
       <c r="AN23" s="34"/>
       <c r="AO23" s="98" t="s">
         <v>40</v>
       </c>
       <c r="AP23" s="104" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="24" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B24" s="185"/>
+      <c r="B24" s="150"/>
       <c r="C24" s="82" t="s">
         <v>128</v>
       </c>
       <c r="D24" s="97" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="97"/>
       <c r="F24" s="97"/>
       <c r="G24" s="82" t="s">
         <v>137</v>
       </c>
       <c r="H24" s="38" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="82" t="s">
         <v>22</v>
       </c>
       <c r="J24" s="38" t="s">
         <v>16</v>
       </c>
       <c r="K24" s="82" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="99" t="s">
         <v>138</v>
       </c>
-      <c r="M24" s="249"/>
+      <c r="M24" s="265"/>
       <c r="N24" s="38" t="s">
         <v>16</v>
       </c>
       <c r="O24" s="100" t="s">
         <v>131</v>
       </c>
       <c r="P24" s="34"/>
       <c r="Q24" s="34"/>
       <c r="R24" s="34"/>
       <c r="S24" s="38" t="s">
         <v>16</v>
       </c>
       <c r="T24" s="100" t="s">
         <v>52</v>
       </c>
       <c r="U24" s="34"/>
       <c r="V24" s="101"/>
       <c r="W24" s="20" t="s">
         <v>16</v>
       </c>
       <c r="X24" s="105" t="s">
         <v>39</v>
       </c>
       <c r="Y24" s="106"/>
       <c r="Z24" s="106"/>
       <c r="AA24" s="106"/>
       <c r="AB24" s="106"/>
       <c r="AC24" s="106"/>
       <c r="AD24" s="106"/>
       <c r="AE24" s="106"/>
       <c r="AF24" s="107"/>
       <c r="AG24" s="24" t="s">
         <v>16</v>
       </c>
       <c r="AH24" s="97" t="s">
         <v>42</v>
       </c>
       <c r="AI24" s="97"/>
       <c r="AJ24" s="97"/>
       <c r="AK24" s="97"/>
       <c r="AL24" s="97"/>
       <c r="AM24" s="97"/>
       <c r="AN24" s="97"/>
       <c r="AO24" s="97"/>
       <c r="AP24" s="108"/>
     </row>
     <row r="25" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B25" s="185"/>
+      <c r="B25" s="150"/>
       <c r="C25" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="97" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="97"/>
       <c r="F25" s="97"/>
       <c r="G25" s="97"/>
       <c r="H25" s="97"/>
       <c r="I25" s="97"/>
       <c r="J25" s="97"/>
       <c r="K25" s="97"/>
       <c r="L25" s="101"/>
-      <c r="M25" s="250"/>
+      <c r="M25" s="266"/>
       <c r="N25" s="26" t="s">
         <v>16</v>
       </c>
       <c r="O25" s="109" t="s">
         <v>56</v>
       </c>
       <c r="P25" s="110"/>
       <c r="Q25" s="110"/>
       <c r="R25" s="110"/>
       <c r="S25" s="110"/>
       <c r="T25" s="110"/>
       <c r="U25" s="110"/>
       <c r="V25" s="111"/>
       <c r="W25" s="27" t="s">
         <v>16</v>
       </c>
       <c r="X25" s="102" t="s">
         <v>122</v>
       </c>
       <c r="Y25" s="102"/>
       <c r="Z25" s="102"/>
       <c r="AA25" s="102"/>
       <c r="AB25" s="102"/>
       <c r="AC25" s="102"/>
       <c r="AD25" s="102"/>
       <c r="AE25" s="102"/>
       <c r="AF25" s="103"/>
       <c r="AG25" s="24" t="s">
         <v>16</v>
       </c>
       <c r="AH25" s="100" t="s">
         <v>66</v>
       </c>
       <c r="AI25" s="100"/>
       <c r="AJ25" s="100"/>
-      <c r="AK25" s="237">
+      <c r="AK25" s="208">
         <v>2</v>
       </c>
-      <c r="AL25" s="237"/>
+      <c r="AL25" s="208"/>
       <c r="AM25" s="100" t="s">
         <v>99</v>
       </c>
       <c r="AN25" s="100"/>
       <c r="AO25" s="100"/>
       <c r="AP25" s="112"/>
     </row>
     <row r="26" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B26" s="185"/>
+      <c r="B26" s="150"/>
       <c r="C26" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="97" t="s">
         <v>43</v>
       </c>
       <c r="E26" s="97"/>
       <c r="F26" s="38" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="97" t="s">
         <v>45</v>
       </c>
       <c r="H26" s="97"/>
       <c r="I26" s="97"/>
       <c r="J26" s="97"/>
       <c r="K26" s="97"/>
       <c r="L26" s="101"/>
       <c r="M26" s="23" t="s">
         <v>16</v>
       </c>
       <c r="N26" s="113" t="s">
         <v>42</v>
       </c>
       <c r="O26" s="114"/>
@@ -6182,61 +6232,61 @@
       <c r="T26" s="114"/>
       <c r="U26" s="114"/>
       <c r="V26" s="115"/>
       <c r="W26" s="20" t="s">
         <v>16</v>
       </c>
       <c r="X26" s="105" t="s">
         <v>50</v>
       </c>
       <c r="Y26" s="106"/>
       <c r="Z26" s="106"/>
       <c r="AA26" s="106"/>
       <c r="AB26" s="106"/>
       <c r="AC26" s="106"/>
       <c r="AD26" s="106"/>
       <c r="AE26" s="106"/>
       <c r="AF26" s="107"/>
       <c r="AG26" s="24" t="s">
         <v>101</v>
       </c>
       <c r="AH26" s="100" t="s">
         <v>66</v>
       </c>
       <c r="AI26" s="97"/>
       <c r="AJ26" s="97"/>
-      <c r="AK26" s="208"/>
-      <c r="AL26" s="208"/>
+      <c r="AK26" s="314"/>
+      <c r="AL26" s="314"/>
       <c r="AM26" s="100" t="s">
         <v>100</v>
       </c>
       <c r="AN26" s="97"/>
       <c r="AO26" s="97"/>
       <c r="AP26" s="108"/>
     </row>
     <row r="27" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B27" s="185"/>
+      <c r="B27" s="150"/>
       <c r="C27" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D27" s="97" t="s">
         <v>145</v>
       </c>
       <c r="E27" s="97"/>
       <c r="F27" s="38" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="97" t="s">
         <v>46</v>
       </c>
       <c r="H27" s="97"/>
       <c r="I27" s="97"/>
       <c r="J27" s="97"/>
       <c r="K27" s="97"/>
       <c r="L27" s="101"/>
       <c r="M27" s="20" t="s">
         <v>16</v>
       </c>
       <c r="N27" s="105" t="s">
         <v>53</v>
       </c>
       <c r="O27" s="116"/>
@@ -6263,51 +6313,51 @@
       <c r="AB27" s="102"/>
       <c r="AC27" s="102"/>
       <c r="AD27" s="102"/>
       <c r="AE27" s="102"/>
       <c r="AF27" s="103"/>
       <c r="AG27" s="24" t="s">
         <v>16</v>
       </c>
       <c r="AH27" s="97" t="s">
         <v>145</v>
       </c>
       <c r="AI27" s="97"/>
       <c r="AJ27" s="38" t="s">
         <v>16</v>
       </c>
       <c r="AK27" s="100" t="s">
         <v>46</v>
       </c>
       <c r="AL27" s="97"/>
       <c r="AM27" s="97"/>
       <c r="AN27" s="97"/>
       <c r="AO27" s="97"/>
       <c r="AP27" s="108"/>
     </row>
     <row r="28" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B28" s="185"/>
+      <c r="B28" s="150"/>
       <c r="C28" s="97"/>
       <c r="D28" s="97"/>
       <c r="E28" s="97"/>
       <c r="F28" s="38" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="97" t="s">
         <v>47</v>
       </c>
       <c r="H28" s="97"/>
       <c r="I28" s="97"/>
       <c r="J28" s="97"/>
       <c r="K28" s="97"/>
       <c r="L28" s="101"/>
       <c r="M28" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N28" s="97" t="s">
         <v>59</v>
       </c>
       <c r="O28" s="34"/>
       <c r="P28" s="34"/>
       <c r="Q28" s="34"/>
       <c r="R28" s="34"/>
       <c r="S28" s="34"/>
@@ -6322,108 +6372,108 @@
       </c>
       <c r="Y28" s="106"/>
       <c r="Z28" s="106"/>
       <c r="AA28" s="106"/>
       <c r="AB28" s="106"/>
       <c r="AC28" s="106"/>
       <c r="AD28" s="106"/>
       <c r="AE28" s="106"/>
       <c r="AF28" s="107"/>
       <c r="AG28" s="118"/>
       <c r="AH28" s="97"/>
       <c r="AI28" s="97"/>
       <c r="AJ28" s="38" t="s">
         <v>16</v>
       </c>
       <c r="AK28" s="100" t="s">
         <v>47</v>
       </c>
       <c r="AL28" s="34"/>
       <c r="AM28" s="97"/>
       <c r="AN28" s="97"/>
       <c r="AO28" s="97"/>
       <c r="AP28" s="108"/>
     </row>
     <row r="29" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B29" s="185"/>
+      <c r="B29" s="150"/>
       <c r="C29" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D29" s="97" t="s">
         <v>44</v>
       </c>
       <c r="E29" s="97"/>
-      <c r="F29" s="237"/>
-      <c r="G29" s="237"/>
+      <c r="F29" s="208"/>
+      <c r="G29" s="208"/>
       <c r="H29" s="97" t="s">
         <v>48</v>
       </c>
       <c r="I29" s="97"/>
       <c r="J29" s="97"/>
       <c r="K29" s="97"/>
       <c r="L29" s="101"/>
       <c r="M29" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="97" t="s">
         <v>144</v>
       </c>
       <c r="O29" s="34"/>
       <c r="P29" s="34"/>
       <c r="Q29" s="34"/>
       <c r="R29" s="34"/>
       <c r="S29" s="34"/>
       <c r="T29" s="34"/>
       <c r="U29" s="34"/>
       <c r="V29" s="101"/>
       <c r="W29" s="27" t="s">
         <v>16</v>
       </c>
       <c r="X29" s="119" t="s">
         <v>65</v>
       </c>
       <c r="Y29" s="102"/>
       <c r="Z29" s="102"/>
       <c r="AA29" s="102"/>
       <c r="AB29" s="102"/>
       <c r="AC29" s="102"/>
       <c r="AD29" s="102"/>
       <c r="AE29" s="102"/>
       <c r="AF29" s="103"/>
       <c r="AG29" s="34"/>
       <c r="AH29" s="34"/>
       <c r="AI29" s="34"/>
       <c r="AJ29" s="34"/>
       <c r="AK29" s="34"/>
       <c r="AL29" s="97"/>
       <c r="AM29" s="97"/>
       <c r="AN29" s="97"/>
       <c r="AO29" s="97"/>
       <c r="AP29" s="108"/>
     </row>
     <row r="30" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B30" s="185"/>
+      <c r="B30" s="150"/>
       <c r="C30" s="102"/>
       <c r="D30" s="102"/>
       <c r="E30" s="102"/>
       <c r="F30" s="102" t="s">
         <v>49</v>
       </c>
       <c r="G30" s="102"/>
       <c r="H30" s="102"/>
       <c r="I30" s="102"/>
       <c r="J30" s="102"/>
       <c r="K30" s="102"/>
       <c r="L30" s="111"/>
       <c r="M30" s="24" t="s">
         <v>16</v>
       </c>
       <c r="N30" s="97" t="s">
         <v>60</v>
       </c>
       <c r="O30" s="34"/>
       <c r="P30" s="38" t="s">
         <v>16</v>
       </c>
       <c r="Q30" s="97" t="s">
         <v>61</v>
       </c>
@@ -6438,683 +6488,683 @@
       <c r="X30" s="97"/>
       <c r="Y30" s="97"/>
       <c r="Z30" s="97"/>
       <c r="AA30" s="97"/>
       <c r="AB30" s="97"/>
       <c r="AC30" s="97"/>
       <c r="AD30" s="97"/>
       <c r="AE30" s="97"/>
       <c r="AF30" s="120"/>
       <c r="AG30" s="24" t="s">
         <v>16</v>
       </c>
       <c r="AH30" s="97" t="s">
         <v>45</v>
       </c>
       <c r="AI30" s="34"/>
       <c r="AJ30" s="34"/>
       <c r="AK30" s="34"/>
       <c r="AL30" s="97"/>
       <c r="AM30" s="97"/>
       <c r="AN30" s="97"/>
       <c r="AO30" s="97"/>
       <c r="AP30" s="108"/>
     </row>
     <row r="31" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B31" s="185"/>
+      <c r="B31" s="150"/>
       <c r="C31" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="96" t="s">
         <v>136</v>
       </c>
       <c r="E31" s="97"/>
       <c r="F31" s="97"/>
       <c r="G31" s="97"/>
       <c r="H31" s="38" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="96" t="s">
         <v>135</v>
       </c>
       <c r="J31" s="97"/>
       <c r="K31" s="97"/>
       <c r="L31" s="101"/>
       <c r="M31" s="121"/>
       <c r="N31" s="110"/>
       <c r="O31" s="110"/>
       <c r="P31" s="26" t="s">
         <v>16</v>
       </c>
       <c r="Q31" s="102" t="s">
         <v>108</v>
       </c>
       <c r="R31" s="110"/>
       <c r="S31" s="110"/>
       <c r="T31" s="110"/>
       <c r="U31" s="110"/>
       <c r="V31" s="111"/>
-      <c r="W31" s="238"/>
-[...8 lines deleted...]
-      <c r="AF31" s="240"/>
+      <c r="W31" s="256"/>
+      <c r="X31" s="257"/>
+      <c r="Y31" s="257"/>
+      <c r="Z31" s="257"/>
+      <c r="AA31" s="257"/>
+      <c r="AB31" s="257"/>
+      <c r="AC31" s="257"/>
+      <c r="AD31" s="257"/>
+      <c r="AE31" s="257"/>
+      <c r="AF31" s="258"/>
       <c r="AG31" s="27" t="s">
         <v>16</v>
       </c>
       <c r="AH31" s="102" t="s">
         <v>109</v>
       </c>
       <c r="AI31" s="102"/>
       <c r="AJ31" s="102"/>
       <c r="AK31" s="102"/>
       <c r="AL31" s="102"/>
       <c r="AM31" s="102"/>
       <c r="AN31" s="102"/>
       <c r="AO31" s="102"/>
       <c r="AP31" s="122"/>
     </row>
     <row r="32" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B32" s="185"/>
+      <c r="B32" s="150"/>
       <c r="C32" s="37" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="123" t="s">
         <v>125</v>
       </c>
       <c r="E32" s="123"/>
       <c r="F32" s="123"/>
       <c r="G32" s="123"/>
       <c r="H32" s="123"/>
       <c r="I32" s="123"/>
       <c r="J32" s="123"/>
       <c r="K32" s="123"/>
       <c r="L32" s="124"/>
       <c r="M32" s="18" t="s">
         <v>16</v>
       </c>
       <c r="N32" s="125" t="s">
         <v>139</v>
       </c>
       <c r="O32" s="126"/>
       <c r="P32" s="126"/>
       <c r="Q32" s="126"/>
       <c r="R32" s="126"/>
       <c r="S32" s="126"/>
       <c r="T32" s="126"/>
       <c r="U32" s="126"/>
       <c r="V32" s="124"/>
-      <c r="W32" s="241"/>
-[...8 lines deleted...]
-      <c r="AF32" s="243"/>
+      <c r="W32" s="259"/>
+      <c r="X32" s="260"/>
+      <c r="Y32" s="260"/>
+      <c r="Z32" s="260"/>
+      <c r="AA32" s="260"/>
+      <c r="AB32" s="260"/>
+      <c r="AC32" s="260"/>
+      <c r="AD32" s="260"/>
+      <c r="AE32" s="260"/>
+      <c r="AF32" s="261"/>
       <c r="AG32" s="18" t="s">
         <v>16</v>
       </c>
       <c r="AH32" s="125" t="s">
         <v>50</v>
       </c>
       <c r="AI32" s="123"/>
       <c r="AJ32" s="123"/>
       <c r="AK32" s="123"/>
       <c r="AL32" s="123"/>
       <c r="AM32" s="123"/>
       <c r="AN32" s="123"/>
       <c r="AO32" s="123"/>
       <c r="AP32" s="127"/>
     </row>
     <row r="33" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B33" s="185"/>
-      <c r="C33" s="304" t="s">
+      <c r="B33" s="150"/>
+      <c r="C33" s="195" t="s">
         <v>62</v>
       </c>
-      <c r="D33" s="283"/>
-[...8 lines deleted...]
-      <c r="M33" s="282" t="s">
+      <c r="D33" s="196"/>
+      <c r="E33" s="196"/>
+      <c r="F33" s="196"/>
+      <c r="G33" s="196"/>
+      <c r="H33" s="196"/>
+      <c r="I33" s="196"/>
+      <c r="J33" s="196"/>
+      <c r="K33" s="196"/>
+      <c r="L33" s="197"/>
+      <c r="M33" s="198" t="s">
         <v>62</v>
       </c>
-      <c r="N33" s="283"/>
-[...8 lines deleted...]
-      <c r="W33" s="282" t="s">
+      <c r="N33" s="196"/>
+      <c r="O33" s="196"/>
+      <c r="P33" s="196"/>
+      <c r="Q33" s="196"/>
+      <c r="R33" s="196"/>
+      <c r="S33" s="196"/>
+      <c r="T33" s="196"/>
+      <c r="U33" s="196"/>
+      <c r="V33" s="197"/>
+      <c r="W33" s="198" t="s">
         <v>62</v>
       </c>
-      <c r="X33" s="283"/>
-[...8 lines deleted...]
-      <c r="AG33" s="282" t="s">
+      <c r="X33" s="196"/>
+      <c r="Y33" s="196"/>
+      <c r="Z33" s="196"/>
+      <c r="AA33" s="196"/>
+      <c r="AB33" s="196"/>
+      <c r="AC33" s="196"/>
+      <c r="AD33" s="196"/>
+      <c r="AE33" s="196"/>
+      <c r="AF33" s="197"/>
+      <c r="AG33" s="198" t="s">
         <v>62</v>
       </c>
-      <c r="AH33" s="283"/>
-[...7 lines deleted...]
-      <c r="AP33" s="284"/>
+      <c r="AH33" s="196"/>
+      <c r="AI33" s="196"/>
+      <c r="AJ33" s="196"/>
+      <c r="AK33" s="196"/>
+      <c r="AL33" s="196"/>
+      <c r="AM33" s="196"/>
+      <c r="AN33" s="196"/>
+      <c r="AO33" s="196"/>
+      <c r="AP33" s="220"/>
     </row>
     <row r="34" spans="2:42" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="186"/>
-      <c r="C34" s="176" t="s">
+      <c r="B34" s="254"/>
+      <c r="C34" s="206" t="s">
         <v>95</v>
       </c>
-      <c r="D34" s="176"/>
+      <c r="D34" s="206"/>
       <c r="E34" s="128"/>
       <c r="F34" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="G34" s="232"/>
-      <c r="H34" s="232"/>
+      <c r="G34" s="135"/>
+      <c r="H34" s="135"/>
       <c r="I34" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="J34" s="232"/>
-      <c r="K34" s="232"/>
+      <c r="J34" s="135"/>
+      <c r="K34" s="135"/>
       <c r="L34" s="85" t="s">
         <v>63</v>
       </c>
-      <c r="M34" s="176" t="s">
+      <c r="M34" s="206" t="s">
         <v>95</v>
       </c>
-      <c r="N34" s="176"/>
+      <c r="N34" s="206"/>
       <c r="O34" s="128"/>
       <c r="P34" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="Q34" s="232"/>
-      <c r="R34" s="232"/>
+      <c r="Q34" s="135"/>
+      <c r="R34" s="135"/>
       <c r="S34" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="T34" s="232"/>
-      <c r="U34" s="232"/>
+      <c r="T34" s="135"/>
+      <c r="U34" s="135"/>
       <c r="V34" s="85" t="s">
         <v>63</v>
       </c>
-      <c r="W34" s="176" t="s">
+      <c r="W34" s="206" t="s">
         <v>95</v>
       </c>
-      <c r="X34" s="176"/>
+      <c r="X34" s="206"/>
       <c r="Y34" s="128"/>
       <c r="Z34" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="AA34" s="232"/>
-      <c r="AB34" s="232"/>
+      <c r="AA34" s="135"/>
+      <c r="AB34" s="135"/>
       <c r="AC34" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="AD34" s="232"/>
-      <c r="AE34" s="232"/>
+      <c r="AD34" s="135"/>
+      <c r="AE34" s="135"/>
       <c r="AF34" s="85" t="s">
         <v>63</v>
       </c>
-      <c r="AG34" s="176" t="s">
+      <c r="AG34" s="206" t="s">
         <v>95</v>
       </c>
-      <c r="AH34" s="176"/>
+      <c r="AH34" s="206"/>
       <c r="AI34" s="128"/>
       <c r="AJ34" s="12" t="s">
         <v>1</v>
       </c>
-      <c r="AK34" s="232"/>
-      <c r="AL34" s="232"/>
+      <c r="AK34" s="135"/>
+      <c r="AL34" s="135"/>
       <c r="AM34" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="AN34" s="232"/>
-      <c r="AO34" s="232"/>
+      <c r="AN34" s="135"/>
+      <c r="AO34" s="135"/>
       <c r="AP34" s="89" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="35" spans="2:42" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B35" s="46"/>
       <c r="C35" s="47"/>
       <c r="D35" s="47"/>
       <c r="E35" s="48"/>
       <c r="F35" s="47"/>
       <c r="G35" s="49"/>
       <c r="H35" s="49"/>
       <c r="I35" s="47"/>
       <c r="J35" s="49"/>
       <c r="K35" s="49"/>
       <c r="L35" s="47"/>
       <c r="M35" s="47"/>
       <c r="N35" s="47"/>
       <c r="O35" s="48"/>
       <c r="P35" s="47"/>
       <c r="Q35" s="49"/>
       <c r="R35" s="49"/>
       <c r="S35" s="47"/>
       <c r="T35" s="49"/>
       <c r="U35" s="49"/>
       <c r="V35" s="47"/>
       <c r="W35" s="47"/>
       <c r="X35" s="47"/>
       <c r="Y35" s="48"/>
       <c r="Z35" s="47"/>
       <c r="AA35" s="49"/>
       <c r="AB35" s="49"/>
       <c r="AC35" s="47"/>
       <c r="AD35" s="49"/>
       <c r="AE35" s="49"/>
       <c r="AF35" s="47"/>
       <c r="AG35" s="47"/>
       <c r="AH35" s="47"/>
       <c r="AI35" s="48"/>
       <c r="AJ35" s="47"/>
       <c r="AK35" s="49"/>
       <c r="AL35" s="49"/>
       <c r="AM35" s="47"/>
       <c r="AN35" s="49"/>
       <c r="AO35" s="49"/>
       <c r="AP35" s="47"/>
     </row>
     <row r="36" spans="2:42" ht="17.45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="184" t="s">
+      <c r="B36" s="149" t="s">
         <v>98</v>
       </c>
-      <c r="C36" s="194" t="s">
+      <c r="C36" s="307" t="s">
         <v>67</v>
       </c>
-      <c r="D36" s="194"/>
-[...18 lines deleted...]
-      <c r="W36" s="188" t="s">
+      <c r="D36" s="307"/>
+      <c r="E36" s="307"/>
+      <c r="F36" s="307"/>
+      <c r="G36" s="300"/>
+      <c r="H36" s="323"/>
+      <c r="I36" s="323"/>
+      <c r="J36" s="323"/>
+      <c r="K36" s="323"/>
+      <c r="L36" s="323"/>
+      <c r="M36" s="323"/>
+      <c r="N36" s="323"/>
+      <c r="O36" s="323"/>
+      <c r="P36" s="323"/>
+      <c r="Q36" s="323"/>
+      <c r="R36" s="323"/>
+      <c r="S36" s="323"/>
+      <c r="T36" s="323"/>
+      <c r="U36" s="323"/>
+      <c r="V36" s="323"/>
+      <c r="W36" s="301" t="s">
         <v>68</v>
       </c>
-      <c r="X36" s="188"/>
-[...8 lines deleted...]
-      <c r="AG36" s="188" t="s">
+      <c r="X36" s="301"/>
+      <c r="Y36" s="301"/>
+      <c r="Z36" s="301"/>
+      <c r="AA36" s="301"/>
+      <c r="AB36" s="324"/>
+      <c r="AC36" s="324"/>
+      <c r="AD36" s="324"/>
+      <c r="AE36" s="324"/>
+      <c r="AF36" s="324"/>
+      <c r="AG36" s="301" t="s">
         <v>106</v>
       </c>
-      <c r="AH36" s="188"/>
-[...7 lines deleted...]
-      <c r="AP36" s="189"/>
+      <c r="AH36" s="301"/>
+      <c r="AI36" s="301"/>
+      <c r="AJ36" s="301"/>
+      <c r="AK36" s="301"/>
+      <c r="AL36" s="300"/>
+      <c r="AM36" s="301"/>
+      <c r="AN36" s="301"/>
+      <c r="AO36" s="301"/>
+      <c r="AP36" s="302"/>
     </row>
     <row r="37" spans="2:42" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="185"/>
-      <c r="C37" s="190" t="s">
+      <c r="B37" s="150"/>
+      <c r="C37" s="303" t="s">
         <v>69</v>
       </c>
-      <c r="D37" s="190"/>
-[...2 lines deleted...]
-      <c r="G37" s="191"/>
+      <c r="D37" s="303"/>
+      <c r="E37" s="303"/>
+      <c r="F37" s="303"/>
+      <c r="G37" s="304"/>
       <c r="H37" s="62" t="s">
         <v>70</v>
       </c>
-      <c r="I37" s="192"/>
-      <c r="J37" s="192"/>
+      <c r="I37" s="305"/>
+      <c r="J37" s="305"/>
       <c r="K37" s="62" t="s">
         <v>71</v>
       </c>
-      <c r="L37" s="192"/>
-[...1 lines deleted...]
-      <c r="N37" s="275">
+      <c r="L37" s="305"/>
+      <c r="M37" s="306"/>
+      <c r="N37" s="215">
         <v>12345</v>
       </c>
-      <c r="O37" s="276"/>
-[...17 lines deleted...]
-      <c r="AG37" s="277" t="s">
+      <c r="O37" s="216"/>
+      <c r="P37" s="216"/>
+      <c r="Q37" s="216"/>
+      <c r="R37" s="216"/>
+      <c r="S37" s="216"/>
+      <c r="T37" s="216"/>
+      <c r="U37" s="216"/>
+      <c r="V37" s="216"/>
+      <c r="W37" s="216"/>
+      <c r="X37" s="216"/>
+      <c r="Y37" s="216"/>
+      <c r="Z37" s="216"/>
+      <c r="AA37" s="216"/>
+      <c r="AB37" s="216"/>
+      <c r="AC37" s="216"/>
+      <c r="AD37" s="216"/>
+      <c r="AE37" s="216"/>
+      <c r="AF37" s="216"/>
+      <c r="AG37" s="217" t="s">
         <v>72</v>
       </c>
-      <c r="AH37" s="278"/>
-[...7 lines deleted...]
-      <c r="AP37" s="210"/>
+      <c r="AH37" s="218"/>
+      <c r="AI37" s="218"/>
+      <c r="AJ37" s="218"/>
+      <c r="AK37" s="219"/>
+      <c r="AL37" s="273"/>
+      <c r="AM37" s="273"/>
+      <c r="AN37" s="273"/>
+      <c r="AO37" s="273"/>
+      <c r="AP37" s="274"/>
     </row>
     <row r="38" spans="2:42" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B38" s="185"/>
-      <c r="C38" s="199" t="s">
+      <c r="B38" s="150"/>
+      <c r="C38" s="173" t="s">
         <v>140</v>
       </c>
-      <c r="D38" s="200"/>
-[...11 lines deleted...]
-      <c r="P38" s="309" t="s">
+      <c r="D38" s="174"/>
+      <c r="E38" s="174"/>
+      <c r="F38" s="174"/>
+      <c r="G38" s="175"/>
+      <c r="H38" s="157"/>
+      <c r="I38" s="157"/>
+      <c r="J38" s="157"/>
+      <c r="K38" s="157"/>
+      <c r="L38" s="157"/>
+      <c r="M38" s="157"/>
+      <c r="N38" s="157"/>
+      <c r="O38" s="157"/>
+      <c r="P38" s="158" t="s">
         <v>102</v>
       </c>
-      <c r="Q38" s="310"/>
-[...15 lines deleted...]
-      <c r="AG38" s="178" t="s">
+      <c r="Q38" s="159"/>
+      <c r="R38" s="159"/>
+      <c r="S38" s="159"/>
+      <c r="T38" s="159"/>
+      <c r="U38" s="160"/>
+      <c r="V38" s="157"/>
+      <c r="W38" s="157"/>
+      <c r="X38" s="157"/>
+      <c r="Y38" s="157"/>
+      <c r="Z38" s="157"/>
+      <c r="AA38" s="157"/>
+      <c r="AB38" s="157"/>
+      <c r="AC38" s="157"/>
+      <c r="AD38" s="157"/>
+      <c r="AE38" s="157"/>
+      <c r="AF38" s="162"/>
+      <c r="AG38" s="289" t="s">
         <v>73</v>
       </c>
-      <c r="AH38" s="178"/>
-[...7 lines deleted...]
-      <c r="AP38" s="308"/>
+      <c r="AH38" s="289"/>
+      <c r="AI38" s="289"/>
+      <c r="AJ38" s="289"/>
+      <c r="AK38" s="290"/>
+      <c r="AL38" s="202"/>
+      <c r="AM38" s="202"/>
+      <c r="AN38" s="202"/>
+      <c r="AO38" s="202"/>
+      <c r="AP38" s="203"/>
     </row>
     <row r="39" spans="2:42" ht="17.45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B39" s="184" t="s">
+      <c r="B39" s="149" t="s">
         <v>104</v>
       </c>
-      <c r="C39" s="195" t="s">
+      <c r="C39" s="308" t="s">
         <v>107</v>
       </c>
-      <c r="D39" s="195"/>
-[...2 lines deleted...]
-      <c r="G39" s="196"/>
+      <c r="D39" s="308"/>
+      <c r="E39" s="308"/>
+      <c r="F39" s="308"/>
+      <c r="G39" s="309"/>
       <c r="H39" s="63" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="64" t="s">
         <v>74</v>
       </c>
       <c r="J39" s="64"/>
       <c r="K39" s="64"/>
       <c r="L39" s="64"/>
       <c r="M39" s="63" t="s">
         <v>16</v>
       </c>
       <c r="N39" s="64" t="s">
         <v>175</v>
       </c>
       <c r="O39" s="65"/>
       <c r="P39" s="64"/>
       <c r="Q39" s="64"/>
       <c r="R39" s="64"/>
       <c r="S39" s="64"/>
       <c r="T39" s="65"/>
       <c r="U39" s="64"/>
       <c r="V39" s="64"/>
       <c r="W39" s="64"/>
       <c r="X39" s="64"/>
       <c r="Y39" s="64"/>
       <c r="Z39" s="66"/>
       <c r="AA39" s="64"/>
       <c r="AB39" s="64"/>
       <c r="AC39" s="64"/>
       <c r="AD39" s="64"/>
       <c r="AE39" s="64"/>
       <c r="AF39" s="64"/>
       <c r="AG39" s="64"/>
       <c r="AH39" s="64"/>
       <c r="AI39" s="64"/>
       <c r="AJ39" s="64"/>
       <c r="AK39" s="64"/>
       <c r="AL39" s="64"/>
       <c r="AM39" s="64"/>
       <c r="AN39" s="64"/>
       <c r="AO39" s="64"/>
       <c r="AP39" s="67"/>
     </row>
     <row r="40" spans="2:42" ht="17.45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B40" s="185"/>
-      <c r="C40" s="171" t="s">
+      <c r="B40" s="150"/>
+      <c r="C40" s="294" t="s">
         <v>67</v>
       </c>
-      <c r="D40" s="171"/>
-[...18 lines deleted...]
-      <c r="W40" s="163" t="s">
+      <c r="D40" s="294"/>
+      <c r="E40" s="294"/>
+      <c r="F40" s="294"/>
+      <c r="G40" s="295"/>
+      <c r="H40" s="153"/>
+      <c r="I40" s="153"/>
+      <c r="J40" s="153"/>
+      <c r="K40" s="153"/>
+      <c r="L40" s="153"/>
+      <c r="M40" s="153"/>
+      <c r="N40" s="153"/>
+      <c r="O40" s="153"/>
+      <c r="P40" s="153"/>
+      <c r="Q40" s="153"/>
+      <c r="R40" s="153"/>
+      <c r="S40" s="153"/>
+      <c r="T40" s="153"/>
+      <c r="U40" s="153"/>
+      <c r="V40" s="153"/>
+      <c r="W40" s="154" t="s">
         <v>68</v>
       </c>
-      <c r="X40" s="163"/>
-[...8 lines deleted...]
-      <c r="AG40" s="163" t="s">
+      <c r="X40" s="154"/>
+      <c r="Y40" s="154"/>
+      <c r="Z40" s="154"/>
+      <c r="AA40" s="154"/>
+      <c r="AB40" s="155"/>
+      <c r="AC40" s="155"/>
+      <c r="AD40" s="155"/>
+      <c r="AE40" s="155"/>
+      <c r="AF40" s="155"/>
+      <c r="AG40" s="154" t="s">
         <v>106</v>
       </c>
-      <c r="AH40" s="163"/>
-[...7 lines deleted...]
-      <c r="AP40" s="164"/>
+      <c r="AH40" s="154"/>
+      <c r="AI40" s="154"/>
+      <c r="AJ40" s="154"/>
+      <c r="AK40" s="154"/>
+      <c r="AL40" s="295"/>
+      <c r="AM40" s="154"/>
+      <c r="AN40" s="154"/>
+      <c r="AO40" s="154"/>
+      <c r="AP40" s="296"/>
     </row>
     <row r="41" spans="2:42" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="185"/>
-      <c r="C41" s="165" t="s">
+      <c r="B41" s="150"/>
+      <c r="C41" s="297" t="s">
         <v>69</v>
       </c>
-      <c r="D41" s="165"/>
-[...2 lines deleted...]
-      <c r="G41" s="166"/>
+      <c r="D41" s="297"/>
+      <c r="E41" s="297"/>
+      <c r="F41" s="297"/>
+      <c r="G41" s="298"/>
       <c r="H41" s="69" t="s">
         <v>70</v>
       </c>
-      <c r="I41" s="167"/>
-      <c r="J41" s="167"/>
+      <c r="I41" s="299"/>
+      <c r="J41" s="299"/>
       <c r="K41" s="69" t="s">
         <v>71</v>
       </c>
-      <c r="L41" s="167"/>
-[...20 lines deleted...]
-      <c r="AG41" s="202" t="s">
+      <c r="L41" s="299"/>
+      <c r="M41" s="299"/>
+      <c r="N41" s="199"/>
+      <c r="O41" s="200"/>
+      <c r="P41" s="200"/>
+      <c r="Q41" s="200"/>
+      <c r="R41" s="200"/>
+      <c r="S41" s="200"/>
+      <c r="T41" s="200"/>
+      <c r="U41" s="200"/>
+      <c r="V41" s="200"/>
+      <c r="W41" s="200"/>
+      <c r="X41" s="200"/>
+      <c r="Y41" s="200"/>
+      <c r="Z41" s="200"/>
+      <c r="AA41" s="200"/>
+      <c r="AB41" s="200"/>
+      <c r="AC41" s="200"/>
+      <c r="AD41" s="200"/>
+      <c r="AE41" s="200"/>
+      <c r="AF41" s="200"/>
+      <c r="AG41" s="310" t="s">
         <v>75</v>
       </c>
-      <c r="AH41" s="203"/>
-[...2 lines deleted...]
-      <c r="AK41" s="204"/>
+      <c r="AH41" s="311"/>
+      <c r="AI41" s="311"/>
+      <c r="AJ41" s="311"/>
+      <c r="AK41" s="312"/>
       <c r="AL41" s="69" t="s">
         <v>16</v>
       </c>
       <c r="AM41" s="1" t="s">
         <v>110</v>
       </c>
       <c r="AP41" s="15"/>
     </row>
     <row r="42" spans="2:42" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B42" s="186"/>
-      <c r="C42" s="199" t="s">
+      <c r="B42" s="254"/>
+      <c r="C42" s="173" t="s">
         <v>140</v>
       </c>
-      <c r="D42" s="200"/>
-[...11 lines deleted...]
-      <c r="P42" s="297" t="s">
+      <c r="D42" s="174"/>
+      <c r="E42" s="174"/>
+      <c r="F42" s="174"/>
+      <c r="G42" s="175"/>
+      <c r="H42" s="157"/>
+      <c r="I42" s="157"/>
+      <c r="J42" s="157"/>
+      <c r="K42" s="157"/>
+      <c r="L42" s="157"/>
+      <c r="M42" s="157"/>
+      <c r="N42" s="157"/>
+      <c r="O42" s="157"/>
+      <c r="P42" s="188" t="s">
         <v>172</v>
       </c>
-      <c r="Q42" s="298"/>
-[...19 lines deleted...]
-      <c r="AK42" s="179"/>
+      <c r="Q42" s="189"/>
+      <c r="R42" s="189"/>
+      <c r="S42" s="189"/>
+      <c r="T42" s="189"/>
+      <c r="U42" s="190"/>
+      <c r="V42" s="157"/>
+      <c r="W42" s="157"/>
+      <c r="X42" s="157"/>
+      <c r="Y42" s="157"/>
+      <c r="Z42" s="157"/>
+      <c r="AA42" s="157"/>
+      <c r="AB42" s="157"/>
+      <c r="AC42" s="157"/>
+      <c r="AD42" s="157"/>
+      <c r="AE42" s="157"/>
+      <c r="AF42" s="162"/>
+      <c r="AG42" s="313"/>
+      <c r="AH42" s="289"/>
+      <c r="AI42" s="289"/>
+      <c r="AJ42" s="289"/>
+      <c r="AK42" s="290"/>
       <c r="AL42" s="12" t="s">
         <v>16</v>
       </c>
       <c r="AM42" s="11" t="s">
         <v>159</v>
       </c>
       <c r="AN42" s="11"/>
       <c r="AO42" s="11"/>
       <c r="AP42" s="30"/>
     </row>
     <row r="43" spans="2:42" ht="9.9499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B43" s="46"/>
       <c r="C43" s="70"/>
       <c r="D43" s="70"/>
       <c r="E43" s="70"/>
       <c r="F43" s="70"/>
       <c r="G43" s="70"/>
       <c r="H43" s="71"/>
       <c r="I43" s="71"/>
       <c r="J43" s="71"/>
       <c r="K43" s="71"/>
       <c r="L43" s="71"/>
       <c r="M43" s="71"/>
       <c r="N43" s="71"/>
       <c r="O43" s="71"/>
@@ -7125,60 +7175,60 @@
       <c r="T43" s="72"/>
       <c r="U43" s="72"/>
       <c r="V43" s="71"/>
       <c r="W43" s="71"/>
       <c r="X43" s="71"/>
       <c r="Y43" s="71"/>
       <c r="Z43" s="71"/>
       <c r="AA43" s="71"/>
       <c r="AB43" s="71"/>
       <c r="AC43" s="71"/>
       <c r="AD43" s="71"/>
       <c r="AE43" s="71"/>
       <c r="AF43" s="71"/>
       <c r="AG43" s="73"/>
       <c r="AH43" s="73"/>
       <c r="AI43" s="73"/>
       <c r="AJ43" s="73"/>
       <c r="AK43" s="73"/>
       <c r="AL43" s="73"/>
       <c r="AM43" s="74"/>
       <c r="AN43" s="74"/>
       <c r="AO43" s="74"/>
       <c r="AP43" s="74"/>
     </row>
     <row r="44" spans="2:42" ht="17.45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B44" s="184" t="s">
+      <c r="B44" s="149" t="s">
         <v>79</v>
       </c>
-      <c r="C44" s="172" t="s">
+      <c r="C44" s="342" t="s">
         <v>78</v>
       </c>
-      <c r="D44" s="173"/>
-[...2 lines deleted...]
-      <c r="G44" s="174"/>
+      <c r="D44" s="343"/>
+      <c r="E44" s="343"/>
+      <c r="F44" s="343"/>
+      <c r="G44" s="169"/>
       <c r="H44" s="79" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="64" t="s">
         <v>76</v>
       </c>
       <c r="J44" s="64"/>
       <c r="K44" s="64"/>
       <c r="L44" s="64"/>
       <c r="M44" s="63" t="s">
         <v>16</v>
       </c>
       <c r="N44" s="64" t="s">
         <v>113</v>
       </c>
       <c r="O44" s="64"/>
       <c r="P44" s="64"/>
       <c r="Q44" s="64"/>
       <c r="R44" s="63" t="s">
         <v>16</v>
       </c>
       <c r="S44" s="64" t="s">
         <v>77</v>
       </c>
       <c r="T44" s="64"/>
@@ -7196,383 +7246,383 @@
       <c r="AB44" s="63" t="s">
         <v>16</v>
       </c>
       <c r="AC44" s="64" t="s">
         <v>158</v>
       </c>
       <c r="AD44" s="64"/>
       <c r="AE44" s="64"/>
       <c r="AF44" s="64"/>
       <c r="AG44" s="76" t="s">
         <v>16</v>
       </c>
       <c r="AH44" s="39" t="s">
         <v>173</v>
       </c>
       <c r="AI44" s="39"/>
       <c r="AJ44" s="39"/>
       <c r="AK44" s="39"/>
       <c r="AL44" s="39"/>
       <c r="AM44" s="39"/>
       <c r="AN44" s="39"/>
       <c r="AO44" s="39"/>
       <c r="AP44" s="81"/>
     </row>
     <row r="45" spans="2:42" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B45" s="185"/>
-[...4 lines deleted...]
-      <c r="G45" s="177"/>
+      <c r="B45" s="150"/>
+      <c r="C45" s="344"/>
+      <c r="D45" s="206"/>
+      <c r="E45" s="206"/>
+      <c r="F45" s="206"/>
+      <c r="G45" s="171"/>
       <c r="H45" s="16" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="77" t="s">
         <v>147</v>
       </c>
       <c r="J45" s="78"/>
       <c r="K45" s="78"/>
       <c r="L45" s="78"/>
       <c r="M45" s="78"/>
       <c r="N45" s="78"/>
       <c r="O45" s="78"/>
       <c r="P45" s="78"/>
       <c r="Q45" s="78"/>
-      <c r="R45" s="135"/>
-[...23 lines deleted...]
-      <c r="AP45" s="138"/>
+      <c r="R45" s="315"/>
+      <c r="S45" s="316"/>
+      <c r="T45" s="316"/>
+      <c r="U45" s="316"/>
+      <c r="V45" s="316"/>
+      <c r="W45" s="316"/>
+      <c r="X45" s="316"/>
+      <c r="Y45" s="316"/>
+      <c r="Z45" s="316"/>
+      <c r="AA45" s="316"/>
+      <c r="AB45" s="316"/>
+      <c r="AC45" s="316"/>
+      <c r="AD45" s="316"/>
+      <c r="AE45" s="316"/>
+      <c r="AF45" s="316"/>
+      <c r="AG45" s="317"/>
+      <c r="AH45" s="317"/>
+      <c r="AI45" s="317"/>
+      <c r="AJ45" s="317"/>
+      <c r="AK45" s="317"/>
+      <c r="AL45" s="317"/>
+      <c r="AM45" s="317"/>
+      <c r="AN45" s="317"/>
+      <c r="AO45" s="317"/>
+      <c r="AP45" s="318"/>
     </row>
     <row r="46" spans="2:42" ht="17.45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B46" s="185"/>
-      <c r="C46" s="168" t="s">
+      <c r="B46" s="150"/>
+      <c r="C46" s="207" t="s">
         <v>105</v>
       </c>
-      <c r="D46" s="168"/>
-[...2 lines deleted...]
-      <c r="G46" s="169"/>
+      <c r="D46" s="207"/>
+      <c r="E46" s="207"/>
+      <c r="F46" s="207"/>
+      <c r="G46" s="340"/>
       <c r="H46" s="38" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="75" t="s">
         <v>176</v>
       </c>
       <c r="J46" s="34"/>
       <c r="K46" s="34"/>
       <c r="L46" s="34"/>
       <c r="M46" s="34"/>
       <c r="N46" s="34"/>
       <c r="O46" s="34"/>
       <c r="P46" s="34"/>
       <c r="Q46" s="34"/>
       <c r="R46" s="34"/>
       <c r="S46" s="34"/>
       <c r="T46" s="34"/>
       <c r="U46" s="34"/>
       <c r="V46" s="34"/>
       <c r="W46" s="34"/>
       <c r="X46" s="34"/>
       <c r="Y46" s="34"/>
       <c r="Z46" s="34"/>
       <c r="AA46" s="34"/>
       <c r="AB46" s="34"/>
       <c r="AC46" s="34"/>
       <c r="AD46" s="34"/>
       <c r="AE46" s="34"/>
       <c r="AF46" s="34"/>
       <c r="AG46" s="38" t="s">
         <v>16</v>
       </c>
       <c r="AH46" s="34" t="s">
         <v>143</v>
       </c>
       <c r="AI46" s="34"/>
       <c r="AJ46" s="34"/>
       <c r="AK46" s="34"/>
       <c r="AL46" s="34"/>
       <c r="AM46" s="34"/>
       <c r="AN46" s="34"/>
       <c r="AO46" s="34"/>
       <c r="AP46" s="68"/>
     </row>
     <row r="47" spans="2:42" ht="17.45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B47" s="185"/>
-      <c r="C47" s="170" t="s">
+      <c r="B47" s="150"/>
+      <c r="C47" s="341" t="s">
         <v>67</v>
       </c>
-      <c r="D47" s="171"/>
-[...18 lines deleted...]
-      <c r="W47" s="163" t="s">
+      <c r="D47" s="294"/>
+      <c r="E47" s="294"/>
+      <c r="F47" s="294"/>
+      <c r="G47" s="295"/>
+      <c r="H47" s="153"/>
+      <c r="I47" s="153"/>
+      <c r="J47" s="153"/>
+      <c r="K47" s="153"/>
+      <c r="L47" s="153"/>
+      <c r="M47" s="153"/>
+      <c r="N47" s="153"/>
+      <c r="O47" s="153"/>
+      <c r="P47" s="153"/>
+      <c r="Q47" s="153"/>
+      <c r="R47" s="153"/>
+      <c r="S47" s="153"/>
+      <c r="T47" s="153"/>
+      <c r="U47" s="153"/>
+      <c r="V47" s="153"/>
+      <c r="W47" s="154" t="s">
         <v>68</v>
       </c>
-      <c r="X47" s="163"/>
-[...8 lines deleted...]
-      <c r="AG47" s="163" t="s">
+      <c r="X47" s="154"/>
+      <c r="Y47" s="154"/>
+      <c r="Z47" s="154"/>
+      <c r="AA47" s="154"/>
+      <c r="AB47" s="156"/>
+      <c r="AC47" s="156"/>
+      <c r="AD47" s="156"/>
+      <c r="AE47" s="156"/>
+      <c r="AF47" s="156"/>
+      <c r="AG47" s="154" t="s">
         <v>106</v>
       </c>
-      <c r="AH47" s="163"/>
-[...7 lines deleted...]
-      <c r="AP47" s="164"/>
+      <c r="AH47" s="154"/>
+      <c r="AI47" s="154"/>
+      <c r="AJ47" s="154"/>
+      <c r="AK47" s="154"/>
+      <c r="AL47" s="295"/>
+      <c r="AM47" s="154"/>
+      <c r="AN47" s="154"/>
+      <c r="AO47" s="154"/>
+      <c r="AP47" s="296"/>
     </row>
     <row r="48" spans="2:42" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="185"/>
-      <c r="C48" s="165" t="s">
+      <c r="B48" s="150"/>
+      <c r="C48" s="297" t="s">
         <v>69</v>
       </c>
-      <c r="D48" s="165"/>
-[...2 lines deleted...]
-      <c r="G48" s="166"/>
+      <c r="D48" s="297"/>
+      <c r="E48" s="297"/>
+      <c r="F48" s="297"/>
+      <c r="G48" s="298"/>
       <c r="H48" s="69" t="s">
         <v>70</v>
       </c>
-      <c r="I48" s="167"/>
-      <c r="J48" s="167"/>
+      <c r="I48" s="299"/>
+      <c r="J48" s="299"/>
       <c r="K48" s="69" t="s">
         <v>71</v>
       </c>
-      <c r="L48" s="167"/>
-[...29 lines deleted...]
-      <c r="AP48" s="306"/>
+      <c r="L48" s="299"/>
+      <c r="M48" s="299"/>
+      <c r="N48" s="199"/>
+      <c r="O48" s="200"/>
+      <c r="P48" s="200"/>
+      <c r="Q48" s="200"/>
+      <c r="R48" s="200"/>
+      <c r="S48" s="200"/>
+      <c r="T48" s="200"/>
+      <c r="U48" s="200"/>
+      <c r="V48" s="200"/>
+      <c r="W48" s="200"/>
+      <c r="X48" s="200"/>
+      <c r="Y48" s="200"/>
+      <c r="Z48" s="200"/>
+      <c r="AA48" s="200"/>
+      <c r="AB48" s="200"/>
+      <c r="AC48" s="200"/>
+      <c r="AD48" s="200"/>
+      <c r="AE48" s="200"/>
+      <c r="AF48" s="200"/>
+      <c r="AG48" s="200"/>
+      <c r="AH48" s="200"/>
+      <c r="AI48" s="200"/>
+      <c r="AJ48" s="200"/>
+      <c r="AK48" s="200"/>
+      <c r="AL48" s="200"/>
+      <c r="AM48" s="200"/>
+      <c r="AN48" s="200"/>
+      <c r="AO48" s="200"/>
+      <c r="AP48" s="201"/>
     </row>
     <row r="49" spans="2:42" ht="17.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="326"/>
-      <c r="C49" s="199" t="s">
+      <c r="B49" s="151"/>
+      <c r="C49" s="173" t="s">
         <v>103</v>
       </c>
-      <c r="D49" s="200"/>
-[...11 lines deleted...]
-      <c r="P49" s="309" t="s">
+      <c r="D49" s="174"/>
+      <c r="E49" s="174"/>
+      <c r="F49" s="174"/>
+      <c r="G49" s="175"/>
+      <c r="H49" s="157"/>
+      <c r="I49" s="157"/>
+      <c r="J49" s="157"/>
+      <c r="K49" s="157"/>
+      <c r="L49" s="157"/>
+      <c r="M49" s="157"/>
+      <c r="N49" s="157"/>
+      <c r="O49" s="157"/>
+      <c r="P49" s="158" t="s">
         <v>102</v>
       </c>
-      <c r="Q49" s="310"/>
-[...15 lines deleted...]
-      <c r="AG49" s="344" t="s">
+      <c r="Q49" s="159"/>
+      <c r="R49" s="159"/>
+      <c r="S49" s="159"/>
+      <c r="T49" s="159"/>
+      <c r="U49" s="160"/>
+      <c r="V49" s="161"/>
+      <c r="W49" s="157"/>
+      <c r="X49" s="157"/>
+      <c r="Y49" s="157"/>
+      <c r="Z49" s="157"/>
+      <c r="AA49" s="157"/>
+      <c r="AB49" s="157"/>
+      <c r="AC49" s="157"/>
+      <c r="AD49" s="157"/>
+      <c r="AE49" s="157"/>
+      <c r="AF49" s="162"/>
+      <c r="AG49" s="182" t="s">
         <v>72</v>
       </c>
-      <c r="AH49" s="345"/>
-[...7 lines deleted...]
-      <c r="AP49" s="271"/>
+      <c r="AH49" s="183"/>
+      <c r="AI49" s="183"/>
+      <c r="AJ49" s="183"/>
+      <c r="AK49" s="183"/>
+      <c r="AL49" s="210"/>
+      <c r="AM49" s="210"/>
+      <c r="AN49" s="210"/>
+      <c r="AO49" s="210"/>
+      <c r="AP49" s="211"/>
     </row>
     <row r="50" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B50" s="326"/>
-      <c r="C50" s="338" t="s">
+      <c r="B50" s="151"/>
+      <c r="C50" s="176" t="s">
         <v>146</v>
       </c>
-      <c r="D50" s="339"/>
-[...6 lines deleted...]
-      <c r="I50" s="174" t="s">
+      <c r="D50" s="177"/>
+      <c r="E50" s="177"/>
+      <c r="F50" s="177"/>
+      <c r="G50" s="178"/>
+      <c r="H50" s="204" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" s="169" t="s">
         <v>141</v>
       </c>
-      <c r="J50" s="336"/>
-[...5 lines deleted...]
-      <c r="N50" s="300" t="s">
+      <c r="J50" s="170"/>
+      <c r="K50" s="170"/>
+      <c r="L50" s="170"/>
+      <c r="M50" s="167" t="s">
+        <v>16</v>
+      </c>
+      <c r="N50" s="191" t="s">
         <v>149</v>
       </c>
-      <c r="O50" s="301"/>
-[...2 lines deleted...]
-      <c r="R50" s="301"/>
+      <c r="O50" s="192"/>
+      <c r="P50" s="192"/>
+      <c r="Q50" s="192"/>
+      <c r="R50" s="192"/>
       <c r="S50" s="44" t="s">
         <v>16</v>
       </c>
       <c r="T50" s="39" t="s">
         <v>76</v>
       </c>
       <c r="U50" s="39"/>
       <c r="V50" s="39"/>
       <c r="W50" s="39"/>
       <c r="X50" s="39"/>
       <c r="Y50" s="44" t="s">
         <v>16</v>
       </c>
       <c r="Z50" s="39" t="s">
         <v>113</v>
       </c>
       <c r="AA50" s="39"/>
       <c r="AB50" s="39"/>
       <c r="AC50" s="39"/>
       <c r="AD50" s="39"/>
       <c r="AE50" s="44" t="s">
         <v>16</v>
       </c>
       <c r="AF50" s="39" t="s">
         <v>77</v>
       </c>
       <c r="AG50" s="39"/>
       <c r="AH50" s="39"/>
       <c r="AI50" s="39"/>
       <c r="AJ50" s="39"/>
       <c r="AK50" s="44" t="s">
         <v>16</v>
       </c>
       <c r="AL50" s="39" t="s">
         <v>155</v>
       </c>
       <c r="AM50" s="39"/>
       <c r="AN50" s="39"/>
       <c r="AO50" s="39"/>
       <c r="AP50" s="81"/>
     </row>
     <row r="51" spans="2:42" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="327"/>
-[...15 lines deleted...]
-      <c r="R51" s="303"/>
+      <c r="B51" s="152"/>
+      <c r="C51" s="179"/>
+      <c r="D51" s="180"/>
+      <c r="E51" s="180"/>
+      <c r="F51" s="180"/>
+      <c r="G51" s="181"/>
+      <c r="H51" s="205"/>
+      <c r="I51" s="171"/>
+      <c r="J51" s="172"/>
+      <c r="K51" s="172"/>
+      <c r="L51" s="172"/>
+      <c r="M51" s="168"/>
+      <c r="N51" s="193"/>
+      <c r="O51" s="194"/>
+      <c r="P51" s="194"/>
+      <c r="Q51" s="194"/>
+      <c r="R51" s="194"/>
       <c r="S51" s="16" t="s">
         <v>16</v>
       </c>
       <c r="T51" s="45" t="s">
         <v>156</v>
       </c>
       <c r="U51" s="45"/>
       <c r="V51" s="45"/>
       <c r="W51" s="45"/>
       <c r="X51" s="45"/>
       <c r="Y51" s="16" t="s">
         <v>16</v>
       </c>
       <c r="Z51" s="45" t="s">
         <v>114</v>
       </c>
       <c r="AA51" s="45"/>
       <c r="AB51" s="45"/>
       <c r="AC51" s="45"/>
       <c r="AD51" s="45"/>
       <c r="AE51" s="16" t="s">
         <v>16</v>
       </c>
       <c r="AF51" s="45" t="s">
         <v>180</v>
@@ -7612,93 +7662,93 @@
       <c r="O53" s="25"/>
       <c r="P53" s="25"/>
       <c r="Q53" s="25"/>
       <c r="R53" s="25"/>
       <c r="S53" s="25"/>
       <c r="T53" s="25"/>
       <c r="U53" s="25"/>
       <c r="V53" s="25"/>
       <c r="W53" s="25"/>
       <c r="X53" s="25"/>
       <c r="Y53" s="25"/>
       <c r="Z53" s="25"/>
       <c r="AA53" s="25"/>
       <c r="AB53" s="25"/>
       <c r="AC53" s="25"/>
       <c r="AD53" s="25"/>
       <c r="AE53" s="25"/>
       <c r="AF53" s="25"/>
       <c r="AG53" s="25"/>
       <c r="AH53" s="25"/>
       <c r="AI53" s="25"/>
       <c r="AJ53" s="25"/>
       <c r="AK53" s="25"/>
     </row>
     <row r="54" spans="2:42" ht="17.45" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B54" s="159" t="s">
+      <c r="B54" s="337" t="s">
         <v>80</v>
       </c>
-      <c r="C54" s="160"/>
-[...38 lines deleted...]
-      <c r="AP54" s="161"/>
+      <c r="C54" s="338"/>
+      <c r="D54" s="338"/>
+      <c r="E54" s="338"/>
+      <c r="F54" s="338"/>
+      <c r="G54" s="338"/>
+      <c r="H54" s="338"/>
+      <c r="I54" s="338"/>
+      <c r="J54" s="338"/>
+      <c r="K54" s="338"/>
+      <c r="L54" s="338"/>
+      <c r="M54" s="338"/>
+      <c r="N54" s="338"/>
+      <c r="O54" s="338"/>
+      <c r="P54" s="338"/>
+      <c r="Q54" s="338"/>
+      <c r="R54" s="338"/>
+      <c r="S54" s="338"/>
+      <c r="T54" s="338"/>
+      <c r="U54" s="338"/>
+      <c r="V54" s="338"/>
+      <c r="W54" s="338"/>
+      <c r="X54" s="338"/>
+      <c r="Y54" s="338"/>
+      <c r="Z54" s="338"/>
+      <c r="AA54" s="338"/>
+      <c r="AB54" s="338"/>
+      <c r="AC54" s="338"/>
+      <c r="AD54" s="338"/>
+      <c r="AE54" s="338"/>
+      <c r="AF54" s="338"/>
+      <c r="AG54" s="338"/>
+      <c r="AH54" s="338"/>
+      <c r="AI54" s="338"/>
+      <c r="AJ54" s="338"/>
+      <c r="AK54" s="338"/>
+      <c r="AL54" s="338"/>
+      <c r="AM54" s="338"/>
+      <c r="AN54" s="338"/>
+      <c r="AO54" s="338"/>
+      <c r="AP54" s="339"/>
     </row>
     <row r="55" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B55" s="130" t="s">
         <v>81</v>
       </c>
       <c r="C55" s="131" t="s">
         <v>150</v>
       </c>
       <c r="D55" s="132"/>
       <c r="E55" s="132"/>
       <c r="F55" s="132"/>
       <c r="G55" s="132"/>
       <c r="H55" s="132"/>
       <c r="I55" s="132"/>
       <c r="J55" s="132"/>
       <c r="K55" s="132"/>
       <c r="L55" s="132"/>
       <c r="M55" s="132"/>
       <c r="N55" s="132"/>
       <c r="O55" s="132"/>
       <c r="P55" s="132"/>
       <c r="Q55" s="132"/>
       <c r="R55" s="132"/>
       <c r="S55" s="132"/>
       <c r="T55" s="132"/>
@@ -7937,225 +7987,225 @@
       <c r="V60" s="25"/>
       <c r="W60" s="25"/>
       <c r="X60" s="25"/>
       <c r="Y60" s="25"/>
       <c r="Z60" s="25"/>
       <c r="AA60" s="25"/>
       <c r="AB60" s="25"/>
       <c r="AC60" s="25"/>
       <c r="AD60" s="25"/>
       <c r="AE60" s="25"/>
       <c r="AF60" s="25"/>
       <c r="AG60" s="25"/>
       <c r="AH60" s="25"/>
       <c r="AI60" s="25"/>
       <c r="AJ60" s="25"/>
       <c r="AK60" s="25"/>
     </row>
     <row r="61" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B61" s="1" t="s">
         <v>97</v>
       </c>
       <c r="C61" s="25"/>
       <c r="D61" s="25"/>
       <c r="E61" s="25"/>
       <c r="F61" s="25"/>
-      <c r="G61" s="146" t="s">
+      <c r="G61" s="325" t="s">
         <v>94</v>
       </c>
-      <c r="H61" s="146"/>
-[...33 lines deleted...]
-      <c r="AP61" s="146"/>
+      <c r="H61" s="325"/>
+      <c r="I61" s="325"/>
+      <c r="J61" s="325"/>
+      <c r="K61" s="325"/>
+      <c r="L61" s="325"/>
+      <c r="M61" s="325"/>
+      <c r="N61" s="325"/>
+      <c r="O61" s="325"/>
+      <c r="P61" s="325"/>
+      <c r="Q61" s="325"/>
+      <c r="R61" s="325"/>
+      <c r="S61" s="325"/>
+      <c r="T61" s="325"/>
+      <c r="U61" s="325"/>
+      <c r="V61" s="325"/>
+      <c r="W61" s="325"/>
+      <c r="X61" s="325"/>
+      <c r="Y61" s="325"/>
+      <c r="Z61" s="325"/>
+      <c r="AA61" s="325"/>
+      <c r="AB61" s="325"/>
+      <c r="AC61" s="325"/>
+      <c r="AD61" s="325"/>
+      <c r="AE61" s="325"/>
+      <c r="AF61" s="325"/>
+      <c r="AG61" s="325"/>
+      <c r="AH61" s="325"/>
+      <c r="AI61" s="325"/>
+      <c r="AJ61" s="325"/>
+      <c r="AK61" s="325"/>
+      <c r="AL61" s="325"/>
+      <c r="AM61" s="325"/>
+      <c r="AN61" s="325"/>
+      <c r="AO61" s="325"/>
+      <c r="AP61" s="325"/>
     </row>
     <row r="62" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B62" s="142" t="s">
+      <c r="B62" s="321" t="s">
         <v>83</v>
       </c>
-      <c r="C62" s="142"/>
-[...3 lines deleted...]
-      <c r="G62" s="148" t="s">
+      <c r="C62" s="321"/>
+      <c r="D62" s="321"/>
+      <c r="E62" s="321"/>
+      <c r="F62" s="322"/>
+      <c r="G62" s="165" t="s">
         <v>96</v>
       </c>
-      <c r="H62" s="148"/>
-[...1 lines deleted...]
-      <c r="J62" s="333"/>
+      <c r="H62" s="165"/>
+      <c r="I62" s="166"/>
+      <c r="J62" s="166"/>
       <c r="K62" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="L62" s="333"/>
-      <c r="M62" s="333"/>
+      <c r="L62" s="166"/>
+      <c r="M62" s="166"/>
       <c r="N62" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="O62" s="333"/>
-      <c r="P62" s="333"/>
+      <c r="O62" s="166"/>
+      <c r="P62" s="166"/>
       <c r="Q62" s="32" t="s">
         <v>3</v>
       </c>
       <c r="R62" s="19"/>
       <c r="S62" s="19"/>
       <c r="T62" s="19"/>
       <c r="U62" s="19"/>
       <c r="V62" s="19"/>
-      <c r="W62" s="147" t="s">
+      <c r="W62" s="326" t="s">
         <v>85</v>
       </c>
-      <c r="X62" s="148"/>
-[...9 lines deleted...]
-      <c r="AH62" s="153" t="s">
+      <c r="X62" s="165"/>
+      <c r="Y62" s="165"/>
+      <c r="Z62" s="165"/>
+      <c r="AA62" s="327"/>
+      <c r="AB62" s="328"/>
+      <c r="AC62" s="329"/>
+      <c r="AD62" s="329"/>
+      <c r="AE62" s="329"/>
+      <c r="AF62" s="329"/>
+      <c r="AG62" s="330"/>
+      <c r="AH62" s="331" t="s">
         <v>84</v>
       </c>
-      <c r="AI62" s="154"/>
-[...2 lines deleted...]
-      <c r="AL62" s="155"/>
+      <c r="AI62" s="332"/>
+      <c r="AJ62" s="332"/>
+      <c r="AK62" s="332"/>
+      <c r="AL62" s="333"/>
       <c r="AM62" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="AN62" s="322" t="s">
+      <c r="AN62" s="145" t="s">
         <v>86</v>
       </c>
-      <c r="AO62" s="322"/>
-      <c r="AP62" s="323"/>
+      <c r="AO62" s="145"/>
+      <c r="AP62" s="146"/>
     </row>
     <row r="63" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B63" s="331" t="s">
+      <c r="B63" s="163" t="s">
         <v>82</v>
       </c>
-      <c r="C63" s="331"/>
-[...3 lines deleted...]
-      <c r="G63" s="139" t="s">
+      <c r="C63" s="163"/>
+      <c r="D63" s="163"/>
+      <c r="E63" s="163"/>
+      <c r="F63" s="164"/>
+      <c r="G63" s="155" t="s">
         <v>96</v>
       </c>
-      <c r="H63" s="139"/>
-[...1 lines deleted...]
-      <c r="J63" s="140"/>
+      <c r="H63" s="155"/>
+      <c r="I63" s="319"/>
+      <c r="J63" s="319"/>
       <c r="K63" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="L63" s="141"/>
-      <c r="M63" s="141"/>
+      <c r="L63" s="320"/>
+      <c r="M63" s="320"/>
       <c r="N63" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="O63" s="140"/>
-      <c r="P63" s="140"/>
+      <c r="O63" s="319"/>
+      <c r="P63" s="319"/>
       <c r="Q63" s="8" t="s">
         <v>3</v>
       </c>
       <c r="R63" s="8" t="s">
         <v>119</v>
       </c>
-      <c r="S63" s="139"/>
-      <c r="T63" s="139"/>
+      <c r="S63" s="155"/>
+      <c r="T63" s="155"/>
       <c r="U63" s="8" t="s">
         <v>121</v>
       </c>
       <c r="V63" s="10"/>
-      <c r="W63" s="140"/>
-[...2 lines deleted...]
-      <c r="Z63" s="140"/>
+      <c r="W63" s="319"/>
+      <c r="X63" s="319"/>
+      <c r="Y63" s="319"/>
+      <c r="Z63" s="319"/>
       <c r="AA63" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="AB63" s="140"/>
-[...2 lines deleted...]
-      <c r="AE63" s="140"/>
+      <c r="AB63" s="319"/>
+      <c r="AC63" s="319"/>
+      <c r="AD63" s="319"/>
+      <c r="AE63" s="319"/>
       <c r="AF63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="AG63" s="9" t="s">
         <v>88</v>
       </c>
-      <c r="AH63" s="156"/>
-[...3 lines deleted...]
-      <c r="AL63" s="158"/>
+      <c r="AH63" s="334"/>
+      <c r="AI63" s="335"/>
+      <c r="AJ63" s="335"/>
+      <c r="AK63" s="335"/>
+      <c r="AL63" s="336"/>
       <c r="AM63" s="29" t="s">
         <v>16</v>
       </c>
-      <c r="AN63" s="324" t="s">
+      <c r="AN63" s="147" t="s">
         <v>87</v>
       </c>
-      <c r="AO63" s="324"/>
-      <c r="AP63" s="325"/>
+      <c r="AO63" s="147"/>
+      <c r="AP63" s="148"/>
     </row>
     <row r="64" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B64" s="314" t="s">
+      <c r="B64" s="136" t="s">
         <v>90</v>
       </c>
-      <c r="C64" s="315"/>
-[...2 lines deleted...]
-      <c r="F64" s="316"/>
+      <c r="C64" s="137"/>
+      <c r="D64" s="137"/>
+      <c r="E64" s="137"/>
+      <c r="F64" s="138"/>
       <c r="G64" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="21" t="s">
         <v>91</v>
       </c>
       <c r="I64" s="21"/>
       <c r="J64" s="21"/>
       <c r="K64" s="21"/>
       <c r="L64" s="21"/>
       <c r="M64" s="43"/>
       <c r="N64" s="43"/>
       <c r="O64" s="43"/>
       <c r="P64" s="14" t="s">
         <v>16</v>
       </c>
       <c r="Q64" s="21" t="s">
         <v>152</v>
       </c>
       <c r="R64" s="43"/>
       <c r="S64" s="43"/>
       <c r="T64" s="43"/>
       <c r="U64" s="43"/>
       <c r="V64" s="43"/>
       <c r="W64" s="43"/>
@@ -8166,373 +8216,375 @@
       <c r="Z64" s="21" t="s">
         <v>92</v>
       </c>
       <c r="AA64" s="43"/>
       <c r="AB64" s="43"/>
       <c r="AC64" s="43"/>
       <c r="AD64" s="43"/>
       <c r="AE64" s="21"/>
       <c r="AF64" s="43"/>
       <c r="AG64" s="43"/>
       <c r="AH64" s="14" t="s">
         <v>16</v>
       </c>
       <c r="AI64" s="21" t="s">
         <v>93</v>
       </c>
       <c r="AJ64" s="43"/>
       <c r="AK64" s="21"/>
       <c r="AL64" s="21"/>
       <c r="AM64" s="21"/>
       <c r="AN64" s="21"/>
       <c r="AO64" s="21"/>
       <c r="AP64" s="22"/>
     </row>
     <row r="65" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B65" s="317"/>
-[...3 lines deleted...]
-      <c r="F65" s="318"/>
+      <c r="B65" s="139"/>
+      <c r="C65" s="140"/>
+      <c r="D65" s="140"/>
+      <c r="E65" s="140"/>
+      <c r="F65" s="141"/>
       <c r="G65" s="38" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="34" t="s">
         <v>142</v>
       </c>
       <c r="I65" s="36"/>
       <c r="J65" s="36"/>
       <c r="K65" s="36"/>
       <c r="L65" s="36"/>
       <c r="M65" s="36"/>
       <c r="N65" s="36"/>
       <c r="O65" s="36"/>
       <c r="P65" s="38" t="s">
         <v>16</v>
       </c>
       <c r="Q65" s="1" t="s">
         <v>153</v>
       </c>
       <c r="R65" s="3"/>
       <c r="S65" s="3"/>
       <c r="T65" s="3"/>
       <c r="U65" s="3"/>
       <c r="V65" s="3"/>
       <c r="W65" s="36"/>
       <c r="X65" s="36"/>
       <c r="Y65" s="38" t="s">
         <v>16</v>
       </c>
       <c r="Z65" s="1" t="s">
         <v>151</v>
       </c>
       <c r="AA65" s="3"/>
       <c r="AB65" s="3"/>
       <c r="AC65" s="3"/>
       <c r="AD65" s="3"/>
       <c r="AE65" s="3"/>
       <c r="AF65" s="3"/>
       <c r="AG65" s="3"/>
       <c r="AH65" s="3"/>
       <c r="AI65" s="3"/>
       <c r="AJ65" s="3"/>
       <c r="AK65" s="3"/>
       <c r="AL65" s="3"/>
       <c r="AM65" s="3"/>
       <c r="AN65" s="3"/>
       <c r="AO65" s="3"/>
       <c r="AP65" s="40"/>
     </row>
     <row r="66" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B66" s="319"/>
-[...3 lines deleted...]
-      <c r="F66" s="321"/>
+      <c r="B66" s="142"/>
+      <c r="C66" s="143"/>
+      <c r="D66" s="143"/>
+      <c r="E66" s="143"/>
+      <c r="F66" s="144"/>
       <c r="G66" s="37" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="31" t="s">
         <v>116</v>
       </c>
       <c r="I66" s="31"/>
       <c r="J66" s="31"/>
       <c r="K66" s="31"/>
       <c r="L66" s="31"/>
       <c r="M66" s="31"/>
       <c r="N66" s="31"/>
       <c r="O66" s="31"/>
       <c r="P66" s="37" t="s">
         <v>16</v>
       </c>
       <c r="Q66" s="41"/>
       <c r="R66" s="41"/>
       <c r="S66" s="41"/>
       <c r="T66" s="41"/>
       <c r="U66" s="41"/>
       <c r="V66" s="41"/>
       <c r="W66" s="41"/>
       <c r="X66" s="50"/>
       <c r="Y66" s="37"/>
       <c r="Z66" s="41"/>
       <c r="AA66" s="41"/>
       <c r="AB66" s="41"/>
       <c r="AC66" s="41"/>
       <c r="AD66" s="41"/>
       <c r="AE66" s="41"/>
       <c r="AF66" s="41"/>
       <c r="AG66" s="41"/>
       <c r="AH66" s="41"/>
       <c r="AI66" s="41"/>
       <c r="AJ66" s="41"/>
       <c r="AK66" s="41"/>
       <c r="AL66" s="41"/>
       <c r="AM66" s="41"/>
       <c r="AN66" s="41"/>
       <c r="AO66" s="41"/>
       <c r="AP66" s="42"/>
     </row>
     <row r="68" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="O68" s="3"/>
       <c r="P68" s="3"/>
       <c r="Q68" s="3"/>
     </row>
   </sheetData>
-  <mergeCells count="178">
+  <mergeCells count="179">
+    <mergeCell ref="D20:L20"/>
+    <mergeCell ref="E21:L21"/>
+    <mergeCell ref="R45:AP45"/>
+    <mergeCell ref="G63:H63"/>
+    <mergeCell ref="I63:J63"/>
+    <mergeCell ref="L63:M63"/>
+    <mergeCell ref="O63:P63"/>
+    <mergeCell ref="B62:F62"/>
+    <mergeCell ref="H36:V36"/>
+    <mergeCell ref="AB36:AF36"/>
+    <mergeCell ref="G61:AP61"/>
+    <mergeCell ref="S63:T63"/>
+    <mergeCell ref="W62:AA62"/>
+    <mergeCell ref="AB62:AG62"/>
+    <mergeCell ref="AH62:AL63"/>
+    <mergeCell ref="W63:Z63"/>
+    <mergeCell ref="AB63:AE63"/>
+    <mergeCell ref="B54:AP54"/>
+    <mergeCell ref="AL47:AP47"/>
+    <mergeCell ref="C48:G48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="C46:G46"/>
+    <mergeCell ref="C47:G47"/>
+    <mergeCell ref="AG47:AK47"/>
+    <mergeCell ref="C44:G45"/>
+    <mergeCell ref="AG38:AK38"/>
+    <mergeCell ref="AH19:AP19"/>
+    <mergeCell ref="AH21:AP21"/>
+    <mergeCell ref="B36:B38"/>
+    <mergeCell ref="B39:B42"/>
+    <mergeCell ref="C40:G40"/>
+    <mergeCell ref="AG40:AK40"/>
+    <mergeCell ref="AL40:AP40"/>
+    <mergeCell ref="C41:G41"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="AL36:AP36"/>
+    <mergeCell ref="C37:G37"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="C36:G36"/>
+    <mergeCell ref="W36:AA36"/>
+    <mergeCell ref="AG36:AK36"/>
+    <mergeCell ref="C39:G39"/>
+    <mergeCell ref="N41:AF41"/>
+    <mergeCell ref="C38:G38"/>
+    <mergeCell ref="AG41:AK42"/>
+    <mergeCell ref="V42:AF42"/>
+    <mergeCell ref="AK26:AL26"/>
+    <mergeCell ref="AL37:AP37"/>
+    <mergeCell ref="AF4:AG4"/>
+    <mergeCell ref="AH4:AI4"/>
+    <mergeCell ref="AK4:AL4"/>
+    <mergeCell ref="AN4:AO4"/>
+    <mergeCell ref="C13:G13"/>
+    <mergeCell ref="M13:P13"/>
+    <mergeCell ref="AB13:AC13"/>
+    <mergeCell ref="H13:K13"/>
+    <mergeCell ref="Z13:AA13"/>
+    <mergeCell ref="AB11:AP11"/>
+    <mergeCell ref="P4:AB4"/>
+    <mergeCell ref="T17:U17"/>
+    <mergeCell ref="W17:X17"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="V13:Y13"/>
+    <mergeCell ref="R13:U13"/>
+    <mergeCell ref="H11:V11"/>
+    <mergeCell ref="W11:AA11"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="M17:N17"/>
+    <mergeCell ref="P17:Q17"/>
+    <mergeCell ref="H12:AP12"/>
+    <mergeCell ref="B11:B15"/>
+    <mergeCell ref="AA34:AB34"/>
+    <mergeCell ref="AD34:AE34"/>
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="O15:P15"/>
+    <mergeCell ref="B19:B34"/>
+    <mergeCell ref="B16:B18"/>
+    <mergeCell ref="Z17:AA17"/>
+    <mergeCell ref="G34:H34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="Q34:R34"/>
+    <mergeCell ref="T34:U34"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="W31:AF31"/>
+    <mergeCell ref="W32:AF32"/>
+    <mergeCell ref="W16:AF16"/>
+    <mergeCell ref="C12:G12"/>
+    <mergeCell ref="M23:M25"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="C11:G11"/>
+    <mergeCell ref="C14:G14"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="H14:K14"/>
+    <mergeCell ref="M14:Q14"/>
+    <mergeCell ref="R14:U14"/>
+    <mergeCell ref="W14:AA14"/>
+    <mergeCell ref="AJ13:AP13"/>
+    <mergeCell ref="AE13:AI13"/>
+    <mergeCell ref="R15:AA15"/>
+    <mergeCell ref="AG16:AP16"/>
+    <mergeCell ref="M16:V16"/>
+    <mergeCell ref="C16:L16"/>
+    <mergeCell ref="AD17:AE17"/>
+    <mergeCell ref="AL49:AP49"/>
+    <mergeCell ref="G22:K22"/>
+    <mergeCell ref="Q22:U22"/>
+    <mergeCell ref="AA22:AE22"/>
+    <mergeCell ref="AK22:AO22"/>
+    <mergeCell ref="AJ18:AM18"/>
+    <mergeCell ref="AH20:AP20"/>
+    <mergeCell ref="N37:AF37"/>
+    <mergeCell ref="AG37:AK37"/>
+    <mergeCell ref="AG22:AI22"/>
+    <mergeCell ref="AG33:AP33"/>
+    <mergeCell ref="F18:H18"/>
+    <mergeCell ref="J18:L18"/>
+    <mergeCell ref="P18:R18"/>
+    <mergeCell ref="T18:V18"/>
+    <mergeCell ref="Z18:AB18"/>
+    <mergeCell ref="AD18:AF18"/>
+    <mergeCell ref="C19:G19"/>
+    <mergeCell ref="C20:C21"/>
+    <mergeCell ref="N20:V20"/>
+    <mergeCell ref="N21:V21"/>
+    <mergeCell ref="X20:AF21"/>
+    <mergeCell ref="W20:W21"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="M22:O22"/>
+    <mergeCell ref="W22:Y22"/>
+    <mergeCell ref="C49:G49"/>
+    <mergeCell ref="H42:O42"/>
+    <mergeCell ref="P42:U42"/>
+    <mergeCell ref="H38:O38"/>
+    <mergeCell ref="N50:R51"/>
+    <mergeCell ref="C33:L33"/>
+    <mergeCell ref="M33:V33"/>
+    <mergeCell ref="W33:AF33"/>
+    <mergeCell ref="N48:AP48"/>
+    <mergeCell ref="AL38:AP38"/>
+    <mergeCell ref="P38:U38"/>
+    <mergeCell ref="V38:AF38"/>
+    <mergeCell ref="H50:H51"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="M34:N34"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="AG34:AH34"/>
+    <mergeCell ref="AL23:AM23"/>
+    <mergeCell ref="AK25:AL25"/>
+    <mergeCell ref="AK34:AL34"/>
     <mergeCell ref="AN34:AO34"/>
     <mergeCell ref="B64:F66"/>
     <mergeCell ref="AN62:AP62"/>
     <mergeCell ref="AN63:AP63"/>
     <mergeCell ref="B44:B51"/>
     <mergeCell ref="H40:V40"/>
     <mergeCell ref="W40:AA40"/>
     <mergeCell ref="AB40:AF40"/>
     <mergeCell ref="H47:V47"/>
     <mergeCell ref="W47:AA47"/>
     <mergeCell ref="AB47:AF47"/>
     <mergeCell ref="H49:O49"/>
     <mergeCell ref="P49:U49"/>
     <mergeCell ref="V49:AF49"/>
     <mergeCell ref="B63:F63"/>
     <mergeCell ref="G62:H62"/>
     <mergeCell ref="I62:J62"/>
     <mergeCell ref="L62:M62"/>
     <mergeCell ref="O62:P62"/>
     <mergeCell ref="M50:M51"/>
     <mergeCell ref="I50:L51"/>
     <mergeCell ref="C42:G42"/>
     <mergeCell ref="C50:G51"/>
     <mergeCell ref="AG49:AK49"/>
-    <mergeCell ref="W20:W21"/>
-[...152 lines deleted...]
-    <mergeCell ref="C44:G45"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations xWindow="101" yWindow="646" count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="J17 S63 T17 AD17" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"月,火,水,木,金"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="E18 I18 AM62:AM63 AI17 AM17 C20 C23 H24 J24 C25:C27 F26:F28 C29 C31:C32 N23:N25 S23:S24 M26:M30 R27 P30:P31 M32 W23:W29 AB23 AG23:AG27 AJ27:AJ28 AG30:AG32 H39 M39 M44 AH64 AB14:AB15 AE14:AE15 AC18 S18 W20 R19 H19 Y18 O18 AG19:AG21 M19:M21 H31 H50 M50 Y64:Y66 G64:G66 P64:P66 AL41:AL42 W44 AE50:AE51 Y50:Y51 S50:S51 AB44 R44 AK50:AK51 AI14:AI15 AM14:AM15 AK15 H44:H46 AG44 AG46" xr:uid="{4C5F3896-2A37-4141-B035-6B66C11FC7B8}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="E18 I18 AM62:AM63 AI17 AM17 D21 C23 H24 J24 C25:C27 F26:F28 C29 C31:C32 N23:N25 S23:S24 M26:M30 R27 P30:P31 M32 W23:W29 AB23 AG23:AG27 AJ27:AJ28 AG30:AG32 H39 M39 M44 AH64 AB14:AB15 AE14:AE15 AC18 S18 W20 R19 H19 Y18 O18 AG19:AG21 M19:M21 H31 H50 M50 Y64:Y66 G64:G66 P64:P66 AL41:AL42 W44 AE50:AE51 Y50:Y51 S50:S51 AB44 R44 AK50:AK51 AI14:AI15 AM14:AM15 AK15 H44:H46 AG44 AG46 C20" xr:uid="{4C5F3896-2A37-4141-B035-6B66C11FC7B8}">
       <formula1>"□,☑"</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" prompt="選択" sqref="B43:AP43" xr:uid="{9C47754A-43A5-499B-99DB-8AE01180311D}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
-  <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="84" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>検査予約票</vt:lpstr>
       <vt:lpstr>検査予約票!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>日本タリアセン株式会社</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>