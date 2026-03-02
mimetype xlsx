--- v0 (2025-10-09)
+++ v1 (2026-03-02)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="23530"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\新HP関連\book\書式データ\省エネ適判\NEW\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JTC-PC022\OneDrive\画像\書式ダウンロード修正\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DB47CF15-03EE-482C-8C7C-2C1B718F46C5}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{880F41F0-C014-4DAD-87FF-3E81CEA24E4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13996" firstSheet="1" activeTab="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="LIST" sheetId="6" state="hidden" r:id="rId1"/>
     <sheet name="設計内容説明書（標準入力法・主要室入力法）" sheetId="23" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'設計内容説明書（標準入力法・主要室入力法）'!$A$1:$AL$45</definedName>
     <definedName name="開口部比率区分">LIST!$B$276:$B$279</definedName>
     <definedName name="該当する地域の区分">LIST!$B$122:$B$129</definedName>
     <definedName name="建築士">LIST!$B$10:$B$12</definedName>
     <definedName name="建築主人数">LIST!$B$4:$B$6</definedName>
     <definedName name="構造">LIST!$B$283:$B$291</definedName>
     <definedName name="数字">LIST!$B$295:$B$315</definedName>
     <definedName name="選択">LIST!$B$117:$B$118</definedName>
     <definedName name="登録">LIST!$B$16:$B$63</definedName>
     <definedName name="都道府県">LIST!$B$67:$B$113</definedName>
     <definedName name="年間日射地域区分">LIST!$B$319:$B$323</definedName>
     <definedName name="非住宅用途">LIST!$B$133:$B$261</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="352">
   <si>
     <t>一級</t>
   </si>
   <si>
     <t>二級</t>
   </si>
   <si>
     <t>木造</t>
   </si>
   <si>
     <t>大臣</t>
   </si>
   <si>
     <t>北海道</t>
   </si>
   <si>
     <t>青森県</t>
   </si>
   <si>
     <t>岩手県</t>
   </si>
   <si>
     <t>宮城県</t>
   </si>
   <si>
@@ -1693,57 +1693,71 @@
     </rPh>
     <rPh sb="10" eb="12">
       <t>ニュウリョク</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>ホウ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>シュヨウ</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>シツ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ニュウリョク</t>
     </rPh>
     <rPh sb="19" eb="20">
       <t>ホウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>（ ＢＥＩ</t>
     <phoneticPr fontId="25"/>
   </si>
+  <si>
+    <t>住宅</t>
+    <rPh sb="0" eb="2">
+      <t>ジュウタク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>戸</t>
+    <rPh sb="0" eb="1">
+      <t>ト</t>
+    </rPh>
+    <phoneticPr fontId="25"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="179" formatCode="0.00_ "/>
+    <numFmt numFmtId="176" formatCode="0.00_ "/>
   </numFmts>
   <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2766,469 +2780,467 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="109">
+  <cellXfs count="108">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="32" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="179" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="32" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="10" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="10" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="11" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="12" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="11" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="12" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="13" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="13" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="14" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="16" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="14" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="15" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="16" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="15" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="17" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="17" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="18" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="20" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="20" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="17" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="22" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="22" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="22" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="17" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="23" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="23" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="23" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="24" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="23" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="24" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="24" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="25" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="26" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="25" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="26" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="22" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="25" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="27" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="28" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="27" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="28" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="28" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="29" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="29" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="30" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="31" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="31" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="31" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="32" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="31" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="24" borderId="31" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="33" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="34" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="33" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="34" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="15" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="21" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="27" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="51" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="19" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="19" xfId="51" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="37" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="39" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="40" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="14" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="41" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="179" fontId="21" fillId="25" borderId="0" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="33" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="15" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="16" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="31" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="32" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="35" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="11" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="42" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="29" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="12" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="17" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="43" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="25" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="41" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="33" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="255"/>
+    </xf>
+    <xf numFmtId="176" fontId="21" fillId="25" borderId="24" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="24" borderId="42" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="37" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="14" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="45" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="24" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="15" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="21" fillId="25" borderId="0" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="35" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="11" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="36" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="37" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="14" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="38" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="51" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="15" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="16" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="18" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="18" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="34" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="34" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="23" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="24" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="44" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="21" fillId="25" borderId="24" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="24" borderId="39" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="39" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="24" borderId="40" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="40" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="255"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="24" borderId="45" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="179" fontId="21" fillId="25" borderId="24" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="0" xfId="51" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="24" borderId="16" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-      <protection locked="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="25" borderId="24" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="49" fontId="21" fillId="25" borderId="16" xfId="51" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="25" borderId="35" xfId="51" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...49 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="57">
-    <cellStyle name="20% - アクセント 1 2" xfId="1"/>
-[...45 lines deleted...]
-    <cellStyle name="入力 2" xfId="47"/>
+    <cellStyle name="20% - アクセント 1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - アクセント 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - アクセント 3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - アクセント 4 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - アクセント 5 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - アクセント 6 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="40% - アクセント 1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="40% - アクセント 2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="40% - アクセント 3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="40% - アクセント 4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="40% - アクセント 5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="40% - アクセント 6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="60% - アクセント 1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="60% - アクセント 2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="60% - アクセント 3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="60% - アクセント 4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="60% - アクセント 5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="60% - アクセント 6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="アクセント 1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="アクセント 2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="アクセント 3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="アクセント 4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="アクセント 5 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="アクセント 6 2" xfId="24" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="タイトル 2" xfId="25" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="チェック セル 2" xfId="26" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="どちらでもない 2" xfId="27" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="ハイパーリンク 2" xfId="28" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="ハイパーリンク 3" xfId="29" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="ハイパーリンク 4" xfId="30" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="メモ 2" xfId="31" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="リンク セル 2" xfId="32" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="悪い 2" xfId="33" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="計算 2" xfId="34" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="警告文 2" xfId="35" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="桁区切り 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="桁区切り 2 2" xfId="37" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="桁区切り 3" xfId="38" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="桁区切り 4" xfId="39" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="見出し 1 2" xfId="40" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="見出し 2 2" xfId="41" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="見出し 3 2" xfId="42" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="見出し 4 2" xfId="43" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="集計 2" xfId="44" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="出力 2" xfId="45" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="説明文 2" xfId="46" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="入力 2" xfId="47" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
-    <cellStyle name="標準 2" xfId="48"/>
-[...7 lines deleted...]
-    <cellStyle name="良い 2" xfId="56"/>
+    <cellStyle name="標準 2" xfId="48" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="標準 2 2" xfId="49" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="標準 2 3" xfId="50" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="標準 3" xfId="51" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="標準 3 2" xfId="52" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="標準 4" xfId="53" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="標準 4 2" xfId="54" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="標準 5" xfId="55" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="良い 2" xfId="56" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office ​​テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -3582,3531 +3594,3541 @@
         <a:extLst>
           <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
             <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="1"/>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr wrap="none" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1">
         <a:spAutoFit/>
       </a:bodyPr>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:BS323"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.46484375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="2.46484375" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="72" max="16384" width="2.46484375" style="2"/>
+    <col min="1" max="1" width="2.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="65.625" style="3" customWidth="1"/>
+    <col min="3" max="4" width="10.625" style="1" customWidth="1"/>
+    <col min="5" max="71" width="2.5" style="1" customWidth="1"/>
+    <col min="72" max="16384" width="2.5" style="2"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="3" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="4" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B4" s="3" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="5" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="3" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="6" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="3" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="8" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="3" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="10" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="14" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="3" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="16" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="3" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="17" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="3" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="18" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="3" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="19" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="3" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="20" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="3" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="21" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="3" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="22" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="23" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="3" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="24" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="3" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="25" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="3" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="26" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="3" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="27" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B27" s="3" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="28" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="3" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="29" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="30" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="31" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="32" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="33" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="34" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="35" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B35" s="3" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="36" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B36" s="3" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="37" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="38" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="3" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="39" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="3" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="40" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="3" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="41" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B41" s="3" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="42" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B42" s="3" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="43" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B43" s="3" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="44" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="3" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="45" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B45" s="3" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="46" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B46" s="3" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="47" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B47" s="3" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="48" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B48" s="3" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="49" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B49" s="3" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="50" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B50" s="3" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="51" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B51" s="3" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="52" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B52" s="3" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="53" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B53" s="3" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="54" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B54" s="3" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="55" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B55" s="3" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="56" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B56" s="3" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="57" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B57" s="3" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="58" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B58" s="3" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="59" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B59" s="3" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="60" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B60" s="3" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="61" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B61" s="3" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="62" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B62" s="3" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="63" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B63" s="3" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="65" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B65" s="3" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="67" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B67" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="68" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B68" s="3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="69" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B69" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="70" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B70" s="3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="71" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B71" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="72" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B72" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="73" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B73" s="3" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="74" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B74" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="75" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B75" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="76" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B76" s="3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="77" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B77" s="3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="78" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B78" s="3" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="79" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B79" s="3" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="80" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B80" s="3" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="81" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B81" s="3" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="82" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B82" s="3" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="83" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="84" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B84" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="85" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B85" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="86" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B86" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="87" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B87" s="3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="88" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B88" s="3" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="89" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B89" s="3" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="90" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B90" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="91" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B91" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="92" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B92" s="3" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="93" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B93" s="3" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="94" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B94" s="3" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="95" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B95" s="3" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="96" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B96" s="3" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="97" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B97" s="3" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="98" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B98" s="3" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="99" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B99" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="100" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B100" s="3" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="101" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B101" s="3" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="102" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B102" s="3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="103" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B103" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="104" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B104" s="3" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="105" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B105" s="3" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="106" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B106" s="3" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="107" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B107" s="3" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="108" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B108" s="3" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="109" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B109" s="3" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="110" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B110" s="3" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="111" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B111" s="3" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="112" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B112" s="3" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="113" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B113" s="3" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="115" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B115" s="3" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="117" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B117" s="3" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="118" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B118" s="3" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="120" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B120" s="3" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="122" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B122" s="3">
         <v>1</v>
       </c>
     </row>
-    <row r="123" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B123" s="3">
         <v>2</v>
       </c>
     </row>
-    <row r="124" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B124" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="125" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B125" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="126" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B126" s="3">
         <v>5</v>
       </c>
     </row>
-    <row r="127" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B127" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="128" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B128" s="3">
         <v>7</v>
       </c>
     </row>
-    <row r="129" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B129" s="3">
         <v>8</v>
       </c>
     </row>
-    <row r="131" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B131" s="3" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="133" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B133" s="3" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="134" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B134" s="3" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="135" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B135" s="3" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="136" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B136" s="3" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="137" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B137" s="3" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="138" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B138" s="3" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="139" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B139" s="3" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="140" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B140" s="3" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="141" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B141" s="3" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="142" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B142" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="143" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B143" s="3" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="144" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B144" s="3" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="145" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B145" s="3" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="146" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B146" s="3" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="147" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B147" s="3" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="148" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B148" s="3" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="149" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B149" s="3" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="150" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B150" s="3" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="151" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B151" s="3" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="152" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B152" s="3" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="153" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B153" s="3" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="154" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B154" s="3" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="155" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B155" s="3" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="156" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B156" s="3" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="157" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B157" s="3" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="158" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B158" s="3" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="159" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B159" s="3" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="160" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B160" s="3" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="161" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B161" s="3" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="162" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B162" s="3" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="163" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B163" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="164" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B164" s="3" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="165" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B165" s="3" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="166" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B166" s="3" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="167" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B167" s="3" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="168" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B168" s="3" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="169" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B169" s="3" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="170" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B170" s="3" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="171" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B171" s="3" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="172" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B172" s="3" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="173" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B173" s="3" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="174" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B174" s="3" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="175" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B175" s="3" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="176" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B176" s="3" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="177" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B177" s="3" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="178" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B178" s="3" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="179" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B179" s="3" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="180" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B180" s="3" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="181" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B181" s="3" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="182" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B182" s="3" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="183" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B183" s="3" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="184" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B184" s="3" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="185" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B185" s="3" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="186" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B186" s="3" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="187" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B187" s="3" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="188" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B188" s="3" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="189" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B189" s="3" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="190" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B190" s="3" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="191" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B191" s="3" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="192" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B192" s="3" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="193" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B193" s="3" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="194" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B194" s="3" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="195" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B195" s="3" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="196" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B196" s="3" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="197" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B197" s="3" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="198" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B198" s="3" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="199" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B199" s="3" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="200" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B200" s="3" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="201" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B201" s="3" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="202" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B202" s="3" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="203" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B203" s="3" t="s">
         <v>251</v>
       </c>
     </row>
-    <row r="204" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B204" s="3" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="205" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B205" s="3" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="206" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B206" s="3" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="207" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B207" s="3" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="208" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B208" s="3" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="209" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B209" s="3" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="210" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B210" s="3" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="211" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B211" s="3" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="212" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B212" s="3" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="213" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B213" s="3" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="214" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B214" s="3" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="215" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B215" s="3" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="216" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B216" s="3" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="217" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B217" s="3" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="218" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B218" s="3" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="219" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B219" s="3" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="220" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B220" s="3" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="221" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B221" s="3" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="222" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B222" s="3" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="223" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="223" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B223" s="3" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="224" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B224" s="3" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="225" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B225" s="3" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="226" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B226" s="3" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="227" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B227" s="3" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="228" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B228" s="3" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="229" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B229" s="3" t="s">
         <v>213</v>
       </c>
     </row>
-    <row r="230" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B230" s="3" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="231" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B231" s="3" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="232" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B232" s="3" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="233" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B233" s="3" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="234" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B234" s="3" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="235" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B235" s="3" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="236" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B236" s="3" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="237" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B237" s="3" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="238" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B238" s="3" t="s">
         <v>222</v>
       </c>
     </row>
-    <row r="239" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="239" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B239" s="3" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="240" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B240" s="3" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="241" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B241" s="3" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="242" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B242" s="3" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="243" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B243" s="3" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="244" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B244" s="3" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="245" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B245" s="3" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="246" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B246" s="3" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="247" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B247" s="3" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="248" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B248" s="3" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="249" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B249" s="3" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="250" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B250" s="3" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="251" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B251" s="3" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="252" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B252" s="3" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="253" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B253" s="3" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="254" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B254" s="3" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="255" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B255" s="3" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="256" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B256" s="3" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="257" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B257" s="3" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="258" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B258" s="3" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="259" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B259" s="3" t="s">
         <v>241</v>
       </c>
     </row>
-    <row r="260" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B260" s="3" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="261" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B261" s="3" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="263" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="263" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B263" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C263" s="7" t="s">
+      <c r="C263" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="D263" s="7" t="s">
+      <c r="D263" s="3" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="264" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-    <row r="265" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="264" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C264" s="3"/>
+      <c r="D264" s="3"/>
+    </row>
+    <row r="265" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B265" s="3">
         <v>1</v>
       </c>
       <c r="C265" s="6">
         <v>0.46</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="266" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B266" s="3">
         <v>2</v>
       </c>
       <c r="C266" s="6">
         <v>0.46</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="267" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B267" s="3">
         <v>3</v>
       </c>
       <c r="C267" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="268" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B268" s="7">
+    <row r="268" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B268" s="3">
         <v>4</v>
       </c>
       <c r="C268" s="6">
         <v>0.75</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="269" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B269" s="7">
+    <row r="269" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B269" s="3">
         <v>5</v>
       </c>
       <c r="C269" s="6">
         <v>0.87</v>
       </c>
       <c r="D269" s="6">
         <v>3</v>
       </c>
     </row>
-    <row r="270" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B270" s="7">
+    <row r="270" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B270" s="3">
         <v>6</v>
       </c>
       <c r="C270" s="6">
         <v>0.87</v>
       </c>
       <c r="D270" s="6">
         <v>2.8</v>
       </c>
     </row>
-    <row r="271" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B271" s="7">
+    <row r="271" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B271" s="3">
         <v>7</v>
       </c>
       <c r="C271" s="6">
         <v>0.87</v>
       </c>
       <c r="D271" s="6">
         <v>2.7</v>
       </c>
     </row>
-    <row r="272" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B272" s="7">
+    <row r="272" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B272" s="3">
         <v>8</v>
       </c>
       <c r="C272" s="6" t="s">
         <v>254</v>
       </c>
       <c r="D272" s="6">
         <v>3.2</v>
       </c>
     </row>
-    <row r="274" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="274" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B274" s="3" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="276" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B276" s="3" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="277" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B277" s="3" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="278" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B278" s="3" t="s">
         <v>259</v>
       </c>
     </row>
-    <row r="279" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B279" s="3" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="281" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B281" s="3" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="283" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="283" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B283" s="3" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="284" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="284" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B284" s="3" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="285" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="285" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B285" s="3" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="286" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B286" s="3" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="287" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B287" s="3" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="288" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B288" s="3" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="289" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B289" s="3" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="290" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B290" s="3" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="291" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B291" s="3" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="293" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B293" s="3" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="295" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B295" s="5" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="296" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B296" s="4">
         <v>1</v>
       </c>
     </row>
-    <row r="297" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B297" s="4">
         <v>2</v>
       </c>
     </row>
-    <row r="298" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B298" s="4">
         <v>3</v>
       </c>
     </row>
-    <row r="299" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B299" s="4">
         <v>4</v>
       </c>
     </row>
-    <row r="300" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B300" s="4">
         <v>5</v>
       </c>
     </row>
-    <row r="301" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B301" s="4">
         <v>6</v>
       </c>
     </row>
-    <row r="302" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B302" s="4">
         <v>7</v>
       </c>
     </row>
-    <row r="303" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B303" s="4">
         <v>8</v>
       </c>
     </row>
-    <row r="304" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B304" s="4">
         <v>9</v>
       </c>
     </row>
-    <row r="305" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="305" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B305" s="4">
         <v>10</v>
       </c>
     </row>
-    <row r="306" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B306" s="4">
         <v>11</v>
       </c>
     </row>
-    <row r="307" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="307" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B307" s="4">
         <v>12</v>
       </c>
     </row>
-    <row r="308" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B308" s="4">
         <v>13</v>
       </c>
     </row>
-    <row r="309" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B309" s="4">
         <v>14</v>
       </c>
     </row>
-    <row r="310" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B310" s="4">
         <v>15</v>
       </c>
     </row>
-    <row r="311" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="311" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B311" s="4">
         <v>16</v>
       </c>
     </row>
-    <row r="312" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B312" s="4">
         <v>17</v>
       </c>
     </row>
-    <row r="313" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B313" s="4">
         <v>18</v>
       </c>
     </row>
-    <row r="314" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="314" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B314" s="4">
         <v>19</v>
       </c>
     </row>
-    <row r="315" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="315" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B315" s="4">
         <v>20</v>
       </c>
     </row>
-    <row r="317" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B317" s="3" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="319" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="319" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B319" s="3" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="320" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B320" s="7" t="s">
+    <row r="320" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B320" s="3" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="321" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B321" s="7" t="s">
+    <row r="321" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B321" s="3" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="322" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B322" s="7" t="s">
+    <row r="322" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B322" s="3" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="323" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B323" s="7" t="s">
+    <row r="323" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B323" s="3" t="s">
         <v>343</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="20"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236215" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:AK44"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="K4" sqref="K4:AK4"/>
+      <selection activeCell="X14" sqref="X14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.46484375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="2.5" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="71" width="2.46484375" style="9" customWidth="1"/>
-    <col min="72" max="16384" width="2.46484375" style="9"/>
+    <col min="1" max="71" width="2.5" style="7" customWidth="1"/>
+    <col min="72" max="16384" width="2.5" style="7"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:37" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="10" t="s">
+    <row r="2" spans="2:37" ht="24.95" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B2" s="8" t="s">
         <v>348</v>
       </c>
-      <c r="AD2" s="11"/>
-[...18 lines deleted...]
-      <c r="B4" s="15" t="s">
+      <c r="AD2" s="9"/>
+      <c r="AE2" s="9"/>
+      <c r="AF2" s="9"/>
+      <c r="AG2" s="9"/>
+      <c r="AH2" s="9"/>
+      <c r="AI2" s="10"/>
+      <c r="AK2" s="10"/>
+    </row>
+    <row r="3" spans="2:37" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="11"/>
+      <c r="AD3" s="9"/>
+      <c r="AE3" s="9"/>
+      <c r="AF3" s="9"/>
+      <c r="AG3" s="9"/>
+      <c r="AH3" s="9"/>
+      <c r="AI3" s="10"/>
+      <c r="AK3" s="10"/>
+    </row>
+    <row r="4" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B4" s="12" t="s">
         <v>262</v>
       </c>
-      <c r="C4" s="16"/>
-[...36 lines deleted...]
-      <c r="B5" s="17" t="s">
+      <c r="C4" s="13"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="13"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="13"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="89"/>
+      <c r="L4" s="90"/>
+      <c r="M4" s="90"/>
+      <c r="N4" s="90"/>
+      <c r="O4" s="90"/>
+      <c r="P4" s="90"/>
+      <c r="Q4" s="90"/>
+      <c r="R4" s="90"/>
+      <c r="S4" s="90"/>
+      <c r="T4" s="90"/>
+      <c r="U4" s="90"/>
+      <c r="V4" s="90"/>
+      <c r="W4" s="90"/>
+      <c r="X4" s="90"/>
+      <c r="Y4" s="90"/>
+      <c r="Z4" s="90"/>
+      <c r="AA4" s="90"/>
+      <c r="AB4" s="90"/>
+      <c r="AC4" s="90"/>
+      <c r="AD4" s="90"/>
+      <c r="AE4" s="90"/>
+      <c r="AF4" s="90"/>
+      <c r="AG4" s="90"/>
+      <c r="AH4" s="90"/>
+      <c r="AI4" s="90"/>
+      <c r="AJ4" s="90"/>
+      <c r="AK4" s="91"/>
+    </row>
+    <row r="5" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B5" s="14" t="s">
         <v>263</v>
       </c>
-      <c r="C5" s="11"/>
-[...36 lines deleted...]
-      <c r="B6" s="18" t="s">
+      <c r="C5" s="9"/>
+      <c r="D5" s="9"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
+      <c r="I5" s="9"/>
+      <c r="J5" s="9"/>
+      <c r="K5" s="99"/>
+      <c r="L5" s="100"/>
+      <c r="M5" s="100"/>
+      <c r="N5" s="100"/>
+      <c r="O5" s="100"/>
+      <c r="P5" s="100"/>
+      <c r="Q5" s="100"/>
+      <c r="R5" s="100"/>
+      <c r="S5" s="100"/>
+      <c r="T5" s="100"/>
+      <c r="U5" s="100"/>
+      <c r="V5" s="100"/>
+      <c r="W5" s="100"/>
+      <c r="X5" s="100"/>
+      <c r="Y5" s="100"/>
+      <c r="Z5" s="100"/>
+      <c r="AA5" s="100"/>
+      <c r="AB5" s="100"/>
+      <c r="AC5" s="100"/>
+      <c r="AD5" s="100"/>
+      <c r="AE5" s="100"/>
+      <c r="AF5" s="100"/>
+      <c r="AG5" s="100"/>
+      <c r="AH5" s="100"/>
+      <c r="AI5" s="100"/>
+      <c r="AJ5" s="100"/>
+      <c r="AK5" s="101"/>
+    </row>
+    <row r="6" spans="2:37" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="15" t="s">
         <v>264</v>
       </c>
-      <c r="C6" s="19"/>
-[...36 lines deleted...]
-      <c r="B8" s="20" t="s">
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="16"/>
+      <c r="H6" s="16"/>
+      <c r="I6" s="16"/>
+      <c r="J6" s="16"/>
+      <c r="K6" s="92"/>
+      <c r="L6" s="93"/>
+      <c r="M6" s="93"/>
+      <c r="N6" s="93"/>
+      <c r="O6" s="93"/>
+      <c r="P6" s="93"/>
+      <c r="Q6" s="93"/>
+      <c r="R6" s="93"/>
+      <c r="S6" s="93"/>
+      <c r="T6" s="93"/>
+      <c r="U6" s="93"/>
+      <c r="V6" s="93"/>
+      <c r="W6" s="93"/>
+      <c r="X6" s="93"/>
+      <c r="Y6" s="93"/>
+      <c r="Z6" s="93"/>
+      <c r="AA6" s="93"/>
+      <c r="AB6" s="93"/>
+      <c r="AC6" s="93"/>
+      <c r="AD6" s="93"/>
+      <c r="AE6" s="93"/>
+      <c r="AF6" s="93"/>
+      <c r="AG6" s="93"/>
+      <c r="AH6" s="93"/>
+      <c r="AI6" s="93"/>
+      <c r="AJ6" s="93"/>
+      <c r="AK6" s="94"/>
+    </row>
+    <row r="8" spans="2:37" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="9" t="s">
         <v>265</v>
       </c>
-      <c r="AA8" s="11"/>
-[...12 lines deleted...]
-      <c r="B9" s="100" t="s">
+      <c r="AA8" s="9"/>
+      <c r="AB8" s="9"/>
+      <c r="AC8" s="9"/>
+      <c r="AD8" s="9"/>
+      <c r="AE8" s="9"/>
+      <c r="AF8" s="9"/>
+      <c r="AG8" s="9"/>
+      <c r="AH8" s="9"/>
+      <c r="AI8" s="10"/>
+      <c r="AJ8" s="9"/>
+      <c r="AK8" s="10"/>
+    </row>
+    <row r="9" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B9" s="64" t="s">
         <v>266</v>
       </c>
-      <c r="C9" s="101"/>
-      <c r="D9" s="104" t="s">
+      <c r="C9" s="65"/>
+      <c r="D9" s="68" t="s">
         <v>267</v>
       </c>
-      <c r="E9" s="79"/>
-[...2 lines deleted...]
-      <c r="H9" s="105" t="s">
+      <c r="E9" s="69"/>
+      <c r="F9" s="69"/>
+      <c r="G9" s="65"/>
+      <c r="H9" s="72" t="s">
         <v>268</v>
       </c>
-      <c r="I9" s="106"/>
-[...25 lines deleted...]
-      <c r="AI9" s="78" t="s">
+      <c r="I9" s="73"/>
+      <c r="J9" s="73"/>
+      <c r="K9" s="73"/>
+      <c r="L9" s="73"/>
+      <c r="M9" s="73"/>
+      <c r="N9" s="73"/>
+      <c r="O9" s="73"/>
+      <c r="P9" s="73"/>
+      <c r="Q9" s="73"/>
+      <c r="R9" s="73"/>
+      <c r="S9" s="73"/>
+      <c r="T9" s="73"/>
+      <c r="U9" s="73"/>
+      <c r="V9" s="73"/>
+      <c r="W9" s="73"/>
+      <c r="X9" s="73"/>
+      <c r="Y9" s="73"/>
+      <c r="Z9" s="73"/>
+      <c r="AA9" s="73"/>
+      <c r="AB9" s="73"/>
+      <c r="AC9" s="73"/>
+      <c r="AD9" s="73"/>
+      <c r="AE9" s="73"/>
+      <c r="AF9" s="73"/>
+      <c r="AG9" s="73"/>
+      <c r="AH9" s="73"/>
+      <c r="AI9" s="96" t="s">
         <v>269</v>
       </c>
-      <c r="AJ9" s="79"/>
-[...9 lines deleted...]
-      <c r="H10" s="68" t="s">
+      <c r="AJ9" s="69"/>
+      <c r="AK9" s="97"/>
+    </row>
+    <row r="10" spans="2:37" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="66"/>
+      <c r="C10" s="67"/>
+      <c r="D10" s="70"/>
+      <c r="E10" s="71"/>
+      <c r="F10" s="71"/>
+      <c r="G10" s="67"/>
+      <c r="H10" s="83" t="s">
         <v>270</v>
       </c>
-      <c r="I10" s="69"/>
-[...3 lines deleted...]
-      <c r="M10" s="68" t="s">
+      <c r="I10" s="84"/>
+      <c r="J10" s="84"/>
+      <c r="K10" s="84"/>
+      <c r="L10" s="85"/>
+      <c r="M10" s="83" t="s">
         <v>271</v>
       </c>
-      <c r="N10" s="69"/>
-[...16 lines deleted...]
-      <c r="AE10" s="68" t="s">
+      <c r="N10" s="84"/>
+      <c r="O10" s="84"/>
+      <c r="P10" s="84"/>
+      <c r="Q10" s="84"/>
+      <c r="R10" s="84"/>
+      <c r="S10" s="84"/>
+      <c r="T10" s="84"/>
+      <c r="U10" s="84"/>
+      <c r="V10" s="84"/>
+      <c r="W10" s="84"/>
+      <c r="X10" s="84"/>
+      <c r="Y10" s="84"/>
+      <c r="Z10" s="84"/>
+      <c r="AA10" s="84"/>
+      <c r="AB10" s="84"/>
+      <c r="AC10" s="84"/>
+      <c r="AD10" s="84"/>
+      <c r="AE10" s="83" t="s">
         <v>272</v>
       </c>
-      <c r="AF10" s="69"/>
-[...7 lines deleted...]
-      <c r="B11" s="88" t="s">
+      <c r="AF10" s="84"/>
+      <c r="AG10" s="84"/>
+      <c r="AH10" s="85"/>
+      <c r="AI10" s="70"/>
+      <c r="AJ10" s="71"/>
+      <c r="AK10" s="98"/>
+    </row>
+    <row r="11" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B11" s="103" t="s">
         <v>273</v>
       </c>
-      <c r="C11" s="89"/>
-      <c r="D11" s="21" t="s">
+      <c r="C11" s="104"/>
+      <c r="D11" s="17" t="s">
         <v>274</v>
       </c>
-      <c r="E11" s="22"/>
-[...2 lines deleted...]
-      <c r="H11" s="21" t="s">
+      <c r="E11" s="18"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="18"/>
+      <c r="H11" s="17" t="s">
         <v>275</v>
       </c>
-      <c r="I11" s="22"/>
-[...2 lines deleted...]
-      <c r="M11" s="61" t="s">
+      <c r="I11" s="18"/>
+      <c r="J11" s="18"/>
+      <c r="K11" s="18"/>
+      <c r="M11" s="57" t="s">
         <v>107</v>
       </c>
-      <c r="N11" s="22" t="s">
+      <c r="N11" s="18" t="s">
+        <v>350</v>
+      </c>
+      <c r="O11" s="18"/>
+      <c r="P11" s="106" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q11" s="107"/>
+      <c r="R11" s="107"/>
+      <c r="S11" s="18" t="s">
+        <v>292</v>
+      </c>
+      <c r="T11" s="18" t="s">
+        <v>351</v>
+      </c>
+      <c r="U11" s="18"/>
+      <c r="V11" s="18"/>
+      <c r="W11" s="18"/>
+      <c r="X11" s="18"/>
+      <c r="Y11" s="18"/>
+      <c r="Z11" s="18"/>
+      <c r="AA11" s="18"/>
+      <c r="AB11" s="18"/>
+      <c r="AC11" s="18"/>
+      <c r="AD11" s="18"/>
+      <c r="AE11" s="19" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF11" s="9" t="s">
+        <v>278</v>
+      </c>
+      <c r="AG11" s="18"/>
+      <c r="AH11" s="20"/>
+      <c r="AI11" s="62" t="s">
+        <v>107</v>
+      </c>
+      <c r="AJ11" s="18" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK11" s="21"/>
+    </row>
+    <row r="12" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B12" s="76"/>
+      <c r="C12" s="77"/>
+      <c r="D12" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="E12" s="9"/>
+      <c r="F12" s="9"/>
+      <c r="G12" s="9"/>
+      <c r="H12" s="22"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="9"/>
+      <c r="K12" s="9"/>
+      <c r="M12" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" s="105" t="s">
         <v>276</v>
       </c>
-      <c r="O11" s="22"/>
-[...15 lines deleted...]
-      <c r="AE11" s="23" t="s">
+      <c r="O12" s="9"/>
+      <c r="P12" s="9"/>
+      <c r="Q12" s="9"/>
+      <c r="R12" s="9"/>
+      <c r="S12" s="9"/>
+      <c r="T12" s="9"/>
+      <c r="U12" s="9"/>
+      <c r="V12" s="9"/>
+      <c r="W12" s="9"/>
+      <c r="X12" s="9"/>
+      <c r="Y12" s="9"/>
+      <c r="Z12" s="9"/>
+      <c r="AA12" s="9"/>
+      <c r="AB12" s="9"/>
+      <c r="AC12" s="9"/>
+      <c r="AD12" s="9"/>
+      <c r="AE12" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF12" s="9" t="s">
+        <v>281</v>
+      </c>
+      <c r="AG12" s="9"/>
+      <c r="AH12" s="20"/>
+      <c r="AI12" s="22"/>
+      <c r="AJ12" s="9"/>
+      <c r="AK12" s="24"/>
+    </row>
+    <row r="13" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B13" s="76"/>
+      <c r="C13" s="77"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="22"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" s="9" t="s">
+        <v>280</v>
+      </c>
+      <c r="O13" s="9"/>
+      <c r="P13" s="9"/>
+      <c r="Q13" s="9"/>
+      <c r="R13" s="9"/>
+      <c r="S13" s="9"/>
+      <c r="T13" s="9"/>
+      <c r="U13" s="9"/>
+      <c r="V13" s="9"/>
+      <c r="W13" s="9"/>
+      <c r="X13" s="9"/>
+      <c r="Y13" s="9"/>
+      <c r="Z13" s="9"/>
+      <c r="AA13" s="9"/>
+      <c r="AB13" s="9"/>
+      <c r="AC13" s="9"/>
+      <c r="AD13" s="9"/>
+      <c r="AE13" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF13" s="9" t="s">
+        <v>283</v>
+      </c>
+      <c r="AG13" s="9"/>
+      <c r="AH13" s="20"/>
+      <c r="AI13" s="22"/>
+      <c r="AJ13" s="9"/>
+      <c r="AK13" s="24"/>
+    </row>
+    <row r="14" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B14" s="76"/>
+      <c r="C14" s="77"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="9"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="22"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="9"/>
+      <c r="K14" s="9"/>
+      <c r="L14" s="9"/>
+      <c r="M14" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" s="9" t="s">
+        <v>282</v>
+      </c>
+      <c r="O14" s="9"/>
+      <c r="P14" s="9"/>
+      <c r="Q14" s="9"/>
+      <c r="R14" s="9"/>
+      <c r="S14" s="9"/>
+      <c r="T14" s="9"/>
+      <c r="U14" s="9"/>
+      <c r="V14" s="9"/>
+      <c r="W14" s="9"/>
+      <c r="X14" s="9"/>
+      <c r="Y14" s="9"/>
+      <c r="Z14" s="9"/>
+      <c r="AA14" s="9"/>
+      <c r="AB14" s="9"/>
+      <c r="AC14" s="9"/>
+      <c r="AD14" s="9"/>
+      <c r="AE14" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF14" s="26"/>
+      <c r="AG14" s="26"/>
+      <c r="AH14" s="27"/>
+      <c r="AI14" s="22"/>
+      <c r="AJ14" s="9"/>
+      <c r="AK14" s="24"/>
+    </row>
+    <row r="15" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B15" s="76"/>
+      <c r="C15" s="77"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="9"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="28"/>
+      <c r="I15" s="29"/>
+      <c r="J15" s="29"/>
+      <c r="K15" s="29"/>
+      <c r="L15" s="29"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="10" t="s">
+        <v>284</v>
+      </c>
+      <c r="O15" s="9" t="s">
+        <v>285</v>
+      </c>
+      <c r="P15" s="9"/>
+      <c r="Q15" s="9"/>
+      <c r="R15" s="9"/>
+      <c r="S15" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="T15" s="88"/>
+      <c r="U15" s="88"/>
+      <c r="V15" s="88"/>
+      <c r="W15" s="88"/>
+      <c r="X15" s="88"/>
+      <c r="Y15" s="9" t="s">
+        <v>286</v>
+      </c>
+      <c r="Z15" s="9"/>
+      <c r="AA15" s="29"/>
+      <c r="AB15" s="29"/>
+      <c r="AC15" s="29"/>
+      <c r="AD15" s="29"/>
+      <c r="AE15" s="23"/>
+      <c r="AF15" s="26"/>
+      <c r="AG15" s="32"/>
+      <c r="AH15" s="33"/>
+      <c r="AI15" s="22"/>
+      <c r="AJ15" s="9"/>
+      <c r="AK15" s="24"/>
+    </row>
+    <row r="16" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B16" s="76"/>
+      <c r="C16" s="77"/>
+      <c r="D16" s="22"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="34" t="s">
+        <v>287</v>
+      </c>
+      <c r="I16" s="35"/>
+      <c r="J16" s="35"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="35"/>
+      <c r="M16" s="36" t="s">
+        <v>284</v>
+      </c>
+      <c r="N16" s="35" t="s">
+        <v>288</v>
+      </c>
+      <c r="O16" s="35"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="35"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="35"/>
+      <c r="T16" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="U16" s="87"/>
+      <c r="V16" s="87"/>
+      <c r="W16" s="35" t="s">
+        <v>289</v>
+      </c>
+      <c r="X16" s="35"/>
+      <c r="Y16" s="35"/>
+      <c r="Z16" s="35"/>
+      <c r="AA16" s="35"/>
+      <c r="AB16" s="35"/>
+      <c r="AC16" s="35"/>
+      <c r="AD16" s="35"/>
+      <c r="AE16" s="23"/>
+      <c r="AI16" s="22"/>
+      <c r="AJ16" s="9"/>
+      <c r="AK16" s="24"/>
+    </row>
+    <row r="17" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B17" s="76"/>
+      <c r="C17" s="77"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="9"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="34" t="s">
+        <v>290</v>
+      </c>
+      <c r="I17" s="35"/>
+      <c r="J17" s="35"/>
+      <c r="K17" s="35"/>
+      <c r="L17" s="35"/>
+      <c r="M17" s="36" t="s">
+        <v>284</v>
+      </c>
+      <c r="N17" s="35" t="s">
+        <v>291</v>
+      </c>
+      <c r="O17" s="35"/>
+      <c r="P17" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q17" s="102"/>
+      <c r="R17" s="102"/>
+      <c r="S17" s="35" t="s">
+        <v>292</v>
+      </c>
+      <c r="T17" s="35"/>
+      <c r="U17" s="35" t="s">
+        <v>293</v>
+      </c>
+      <c r="V17" s="35"/>
+      <c r="W17" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="X17" s="102"/>
+      <c r="Y17" s="102"/>
+      <c r="Z17" s="35" t="s">
+        <v>292</v>
+      </c>
+      <c r="AA17" s="35"/>
+      <c r="AB17" s="35"/>
+      <c r="AC17" s="35"/>
+      <c r="AD17" s="35"/>
+      <c r="AE17" s="23"/>
+      <c r="AI17" s="22"/>
+      <c r="AJ17" s="9"/>
+      <c r="AK17" s="24"/>
+    </row>
+    <row r="18" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B18" s="76"/>
+      <c r="C18" s="77"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="29"/>
+      <c r="F18" s="29"/>
+      <c r="G18" s="29"/>
+      <c r="H18" s="28" t="s">
+        <v>294</v>
+      </c>
+      <c r="I18" s="29"/>
+      <c r="J18" s="29"/>
+      <c r="K18" s="29"/>
+      <c r="L18" s="29"/>
+      <c r="M18" s="36" t="s">
+        <v>284</v>
+      </c>
+      <c r="N18" s="29" t="s">
+        <v>295</v>
+      </c>
+      <c r="O18" s="29"/>
+      <c r="P18" s="29"/>
+      <c r="Q18" s="29"/>
+      <c r="R18" s="29"/>
+      <c r="S18" s="29"/>
+      <c r="T18" s="29"/>
+      <c r="U18" s="29"/>
+      <c r="V18" s="31" t="s">
+        <v>101</v>
+      </c>
+      <c r="W18" s="82"/>
+      <c r="X18" s="82"/>
+      <c r="Y18" s="82"/>
+      <c r="Z18" s="82"/>
+      <c r="AA18" s="82"/>
+      <c r="AB18" s="29" t="s">
+        <v>286</v>
+      </c>
+      <c r="AC18" s="29"/>
+      <c r="AD18" s="29"/>
+      <c r="AE18" s="23"/>
+      <c r="AF18" s="9"/>
+      <c r="AG18" s="9"/>
+      <c r="AH18" s="20"/>
+      <c r="AI18" s="22"/>
+      <c r="AJ18" s="9"/>
+      <c r="AK18" s="24"/>
+    </row>
+    <row r="19" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B19" s="76"/>
+      <c r="C19" s="77"/>
+      <c r="D19" s="22" t="s">
+        <v>296</v>
+      </c>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="22" t="s">
+        <v>297</v>
+      </c>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" s="9" t="s">
+        <v>298</v>
+      </c>
+      <c r="O19" s="9"/>
+      <c r="P19" s="9"/>
+      <c r="Q19" s="9"/>
+      <c r="R19" s="9"/>
+      <c r="S19" s="9"/>
+      <c r="T19" s="9"/>
+      <c r="U19" s="9"/>
+      <c r="V19" s="9"/>
+      <c r="W19" s="9"/>
+      <c r="X19" s="9"/>
+      <c r="Y19" s="9"/>
+      <c r="Z19" s="9"/>
+      <c r="AA19" s="9"/>
+      <c r="AB19" s="9"/>
+      <c r="AC19" s="9"/>
+      <c r="AD19" s="9"/>
+      <c r="AE19" s="23"/>
+      <c r="AF19" s="9"/>
+      <c r="AG19" s="9"/>
+      <c r="AH19" s="20"/>
+      <c r="AI19" s="22"/>
+      <c r="AJ19" s="9"/>
+      <c r="AK19" s="24"/>
+    </row>
+    <row r="20" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B20" s="76"/>
+      <c r="C20" s="77"/>
+      <c r="D20" s="22"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="9"/>
+      <c r="G20" s="9"/>
+      <c r="H20" s="38" t="s">
+        <v>299</v>
+      </c>
+      <c r="I20" s="9"/>
+      <c r="J20" s="9"/>
+      <c r="K20" s="9"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="O20" s="9"/>
+      <c r="P20" s="9"/>
+      <c r="Q20" s="9"/>
+      <c r="R20" s="9"/>
+      <c r="S20" s="9"/>
+      <c r="T20" s="9"/>
+      <c r="U20" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="V20" s="86"/>
+      <c r="W20" s="86"/>
+      <c r="X20" s="86"/>
+      <c r="Y20" s="9" t="s">
+        <v>301</v>
+      </c>
+      <c r="Z20" s="9"/>
+      <c r="AA20" s="9"/>
+      <c r="AB20" s="9"/>
+      <c r="AC20" s="9"/>
+      <c r="AD20" s="9"/>
+      <c r="AE20" s="23"/>
+      <c r="AF20" s="9"/>
+      <c r="AG20" s="9"/>
+      <c r="AH20" s="20"/>
+      <c r="AI20" s="22"/>
+      <c r="AJ20" s="9"/>
+      <c r="AK20" s="24"/>
+    </row>
+    <row r="21" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B21" s="78"/>
+      <c r="C21" s="79"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="29"/>
+      <c r="F21" s="29"/>
+      <c r="G21" s="29"/>
+      <c r="H21" s="39"/>
+      <c r="I21" s="29"/>
+      <c r="J21" s="29"/>
+      <c r="K21" s="29"/>
+      <c r="L21" s="29"/>
+      <c r="M21" s="30"/>
+      <c r="N21" s="29"/>
+      <c r="O21" s="29"/>
+      <c r="P21" s="29"/>
+      <c r="Q21" s="29"/>
+      <c r="R21" s="29"/>
+      <c r="S21" s="29"/>
+      <c r="T21" s="29"/>
+      <c r="U21" s="29"/>
+      <c r="V21" s="29"/>
+      <c r="W21" s="29"/>
+      <c r="X21" s="29"/>
+      <c r="Y21" s="29"/>
+      <c r="Z21" s="29"/>
+      <c r="AA21" s="29"/>
+      <c r="AB21" s="29"/>
+      <c r="AC21" s="29"/>
+      <c r="AD21" s="29"/>
+      <c r="AE21" s="40"/>
+      <c r="AF21" s="29"/>
+      <c r="AG21" s="29"/>
+      <c r="AH21" s="41"/>
+      <c r="AI21" s="28"/>
+      <c r="AJ21" s="29"/>
+      <c r="AK21" s="42"/>
+    </row>
+    <row r="22" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B22" s="74" t="s">
+        <v>302</v>
+      </c>
+      <c r="C22" s="75"/>
+      <c r="D22" s="22" t="s">
+        <v>303</v>
+      </c>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="22" t="s">
+        <v>304</v>
+      </c>
+      <c r="I22" s="9"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="9"/>
+      <c r="L22" s="9"/>
+      <c r="M22" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N22" s="9" t="s">
+        <v>346</v>
+      </c>
+      <c r="O22" s="9"/>
+      <c r="P22" s="9"/>
+      <c r="Q22" s="9"/>
+      <c r="R22" s="9"/>
+      <c r="S22" s="9"/>
+      <c r="T22" s="9"/>
+      <c r="U22" s="9"/>
+      <c r="V22" s="9"/>
+      <c r="W22" s="9"/>
+      <c r="X22" s="9"/>
+      <c r="Y22" s="9"/>
+      <c r="Z22" s="9"/>
+      <c r="AA22" s="9"/>
+      <c r="AB22" s="9"/>
+      <c r="AC22" s="9"/>
+      <c r="AD22" s="9"/>
+      <c r="AE22" s="23" t="s">
         <v>277</v>
       </c>
-      <c r="AF11" s="11" t="s">
+      <c r="AF22" s="9" t="s">
         <v>278</v>
       </c>
-      <c r="AG11" s="22"/>
-[...1 lines deleted...]
-      <c r="AI11" s="66" t="s">
+      <c r="AG22" s="9"/>
+      <c r="AH22" s="20"/>
+      <c r="AI22" s="63" t="s">
         <v>107</v>
       </c>
-      <c r="AJ11" s="22" t="s">
+      <c r="AJ22" s="9" t="s">
         <v>345</v>
       </c>
-      <c r="AK11" s="25"/>
-[...14 lines deleted...]
-      <c r="M12" s="62" t="s">
+      <c r="AK22" s="24"/>
+    </row>
+    <row r="23" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B23" s="76"/>
+      <c r="C23" s="77"/>
+      <c r="D23" s="22" t="s">
+        <v>305</v>
+      </c>
+      <c r="E23" s="9"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="9"/>
+      <c r="H23" s="22"/>
+      <c r="I23" s="9"/>
+      <c r="J23" s="9"/>
+      <c r="K23" s="9"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="58" t="s">
         <v>107</v>
       </c>
-      <c r="N12" s="11" t="s">
-[...18 lines deleted...]
-      <c r="AE12" s="62" t="s">
+      <c r="N23" s="9" t="s">
+        <v>347</v>
+      </c>
+      <c r="O23" s="9"/>
+      <c r="P23" s="9"/>
+      <c r="Q23" s="9"/>
+      <c r="R23" s="9"/>
+      <c r="S23" s="9"/>
+      <c r="T23" s="9"/>
+      <c r="U23" s="9"/>
+      <c r="V23" s="9"/>
+      <c r="W23" s="9"/>
+      <c r="X23" s="9"/>
+      <c r="Y23" s="9"/>
+      <c r="Z23" s="9"/>
+      <c r="AA23" s="9"/>
+      <c r="AB23" s="9"/>
+      <c r="AC23" s="9"/>
+      <c r="AD23" s="9"/>
+      <c r="AE23" s="58" t="s">
         <v>107</v>
       </c>
-      <c r="AF12" s="11" t="s">
-[...20 lines deleted...]
-      <c r="M13" s="62" t="s">
+      <c r="AF23" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="AG23" s="9"/>
+      <c r="AH23" s="20"/>
+      <c r="AI23" s="22"/>
+      <c r="AJ23" s="9"/>
+      <c r="AK23" s="24"/>
+    </row>
+    <row r="24" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B24" s="76"/>
+      <c r="C24" s="77"/>
+      <c r="D24" s="22"/>
+      <c r="E24" s="9"/>
+      <c r="F24" s="9"/>
+      <c r="G24" s="9"/>
+      <c r="H24" s="22"/>
+      <c r="I24" s="9"/>
+      <c r="J24" s="9"/>
+      <c r="K24" s="9"/>
+      <c r="L24" s="9"/>
+      <c r="M24" s="25"/>
+      <c r="N24" s="9"/>
+      <c r="O24" s="9"/>
+      <c r="P24" s="9"/>
+      <c r="Q24" s="9"/>
+      <c r="R24" s="9"/>
+      <c r="S24" s="9"/>
+      <c r="T24" s="9"/>
+      <c r="U24" s="9"/>
+      <c r="V24" s="9"/>
+      <c r="W24" s="9"/>
+      <c r="X24" s="9"/>
+      <c r="Y24" s="9"/>
+      <c r="Z24" s="9"/>
+      <c r="AA24" s="9"/>
+      <c r="AB24" s="9"/>
+      <c r="AC24" s="9"/>
+      <c r="AD24" s="9"/>
+      <c r="AE24" s="58" t="s">
         <v>107</v>
       </c>
-      <c r="N13" s="11" t="s">
-[...18 lines deleted...]
-      <c r="AE13" s="62" t="s">
+      <c r="AF24" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="AG24" s="9"/>
+      <c r="AH24" s="20"/>
+      <c r="AI24" s="22"/>
+      <c r="AJ24" s="9"/>
+      <c r="AK24" s="24"/>
+    </row>
+    <row r="25" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B25" s="76"/>
+      <c r="C25" s="77"/>
+      <c r="D25" s="28"/>
+      <c r="E25" s="29"/>
+      <c r="F25" s="29"/>
+      <c r="G25" s="29"/>
+      <c r="H25" s="28"/>
+      <c r="I25" s="29"/>
+      <c r="J25" s="29"/>
+      <c r="K25" s="29"/>
+      <c r="L25" s="29"/>
+      <c r="M25" s="30"/>
+      <c r="N25" s="29"/>
+      <c r="O25" s="29"/>
+      <c r="P25" s="29"/>
+      <c r="Q25" s="29"/>
+      <c r="R25" s="29"/>
+      <c r="S25" s="29"/>
+      <c r="T25" s="29"/>
+      <c r="U25" s="29"/>
+      <c r="V25" s="29"/>
+      <c r="W25" s="29"/>
+      <c r="X25" s="29"/>
+      <c r="Y25" s="29"/>
+      <c r="Z25" s="29"/>
+      <c r="AA25" s="29"/>
+      <c r="AB25" s="29"/>
+      <c r="AC25" s="29"/>
+      <c r="AD25" s="29"/>
+      <c r="AE25" s="59" t="s">
         <v>107</v>
       </c>
-      <c r="AF13" s="11" t="s">
-[...21 lines deleted...]
-      <c r="N14" s="12" t="s">
+      <c r="AF25" s="43"/>
+      <c r="AG25" s="43"/>
+      <c r="AH25" s="44"/>
+      <c r="AI25" s="28"/>
+      <c r="AJ25" s="29"/>
+      <c r="AK25" s="42"/>
+    </row>
+    <row r="26" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B26" s="76"/>
+      <c r="C26" s="77"/>
+      <c r="D26" s="22" t="s">
+        <v>308</v>
+      </c>
+      <c r="E26" s="9"/>
+      <c r="F26" s="9"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="22" t="s">
+        <v>304</v>
+      </c>
+      <c r="I26" s="9"/>
+      <c r="J26" s="9"/>
+      <c r="K26" s="9"/>
+      <c r="L26" s="9"/>
+      <c r="M26" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N26" s="9" t="s">
+        <v>309</v>
+      </c>
+      <c r="O26" s="9"/>
+      <c r="P26" s="9"/>
+      <c r="Q26" s="9"/>
+      <c r="R26" s="9"/>
+      <c r="S26" s="9"/>
+      <c r="T26" s="9"/>
+      <c r="U26" s="9"/>
+      <c r="V26" s="9"/>
+      <c r="W26" s="9"/>
+      <c r="X26" s="9"/>
+      <c r="Y26" s="9"/>
+      <c r="Z26" s="9"/>
+      <c r="AA26" s="9"/>
+      <c r="AB26" s="9"/>
+      <c r="AC26" s="9"/>
+      <c r="AD26" s="9"/>
+      <c r="AE26" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF26" s="9" t="s">
+        <v>278</v>
+      </c>
+      <c r="AG26" s="9"/>
+      <c r="AH26" s="20"/>
+      <c r="AI26" s="63" t="s">
+        <v>107</v>
+      </c>
+      <c r="AJ26" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK26" s="24"/>
+    </row>
+    <row r="27" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B27" s="76"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="22"/>
+      <c r="E27" s="9"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="9"/>
+      <c r="H27" s="22"/>
+      <c r="I27" s="9"/>
+      <c r="J27" s="9"/>
+      <c r="K27" s="9"/>
+      <c r="L27" s="9"/>
+      <c r="M27" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N27" s="9" t="s">
+        <v>310</v>
+      </c>
+      <c r="O27" s="9"/>
+      <c r="P27" s="9"/>
+      <c r="Q27" s="9"/>
+      <c r="R27" s="9"/>
+      <c r="S27" s="9"/>
+      <c r="T27" s="9"/>
+      <c r="U27" s="9"/>
+      <c r="V27" s="9"/>
+      <c r="W27" s="9"/>
+      <c r="X27" s="9"/>
+      <c r="Y27" s="9"/>
+      <c r="Z27" s="9"/>
+      <c r="AA27" s="9"/>
+      <c r="AB27" s="9"/>
+      <c r="AC27" s="9"/>
+      <c r="AD27" s="9"/>
+      <c r="AE27" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF27" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="AG27" s="9"/>
+      <c r="AH27" s="20"/>
+      <c r="AI27" s="22"/>
+      <c r="AJ27" s="9"/>
+      <c r="AK27" s="24"/>
+    </row>
+    <row r="28" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B28" s="76"/>
+      <c r="C28" s="77"/>
+      <c r="D28" s="22"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="22"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="N28" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
+      <c r="Q28" s="9"/>
+      <c r="R28" s="9"/>
+      <c r="S28" s="9"/>
+      <c r="T28" s="9"/>
+      <c r="U28" s="9"/>
+      <c r="V28" s="9"/>
+      <c r="W28" s="9"/>
+      <c r="X28" s="9"/>
+      <c r="Y28" s="9"/>
+      <c r="Z28" s="9"/>
+      <c r="AA28" s="9"/>
+      <c r="AB28" s="9"/>
+      <c r="AC28" s="9"/>
+      <c r="AD28" s="9"/>
+      <c r="AE28" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF28" s="9" t="s">
+        <v>312</v>
+      </c>
+      <c r="AG28" s="9"/>
+      <c r="AH28" s="20"/>
+      <c r="AI28" s="22"/>
+      <c r="AJ28" s="9"/>
+      <c r="AK28" s="24"/>
+    </row>
+    <row r="29" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B29" s="78"/>
+      <c r="C29" s="79"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="29"/>
+      <c r="F29" s="29"/>
+      <c r="G29" s="29"/>
+      <c r="H29" s="28"/>
+      <c r="I29" s="29"/>
+      <c r="J29" s="29"/>
+      <c r="K29" s="29"/>
+      <c r="L29" s="29"/>
+      <c r="M29" s="30"/>
+      <c r="N29" s="29"/>
+      <c r="O29" s="29"/>
+      <c r="P29" s="29"/>
+      <c r="Q29" s="29"/>
+      <c r="R29" s="29"/>
+      <c r="S29" s="29"/>
+      <c r="T29" s="29"/>
+      <c r="U29" s="29"/>
+      <c r="V29" s="29"/>
+      <c r="W29" s="29"/>
+      <c r="X29" s="29"/>
+      <c r="Y29" s="29"/>
+      <c r="Z29" s="29"/>
+      <c r="AA29" s="29"/>
+      <c r="AB29" s="29"/>
+      <c r="AC29" s="29"/>
+      <c r="AD29" s="29"/>
+      <c r="AE29" s="59" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF29" s="43"/>
+      <c r="AG29" s="43"/>
+      <c r="AH29" s="44"/>
+      <c r="AI29" s="28"/>
+      <c r="AJ29" s="29"/>
+      <c r="AK29" s="42"/>
+    </row>
+    <row r="30" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B30" s="74" t="s">
+        <v>313</v>
+      </c>
+      <c r="C30" s="75"/>
+      <c r="D30" s="22" t="s">
+        <v>314</v>
+      </c>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="22" t="s">
+        <v>315</v>
+      </c>
+      <c r="I30" s="9"/>
+      <c r="J30" s="9"/>
+      <c r="K30" s="9"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="25" t="s">
         <v>284</v>
       </c>
-      <c r="O14" s="11" t="s">
-[...5 lines deleted...]
-      <c r="S14" s="12" t="s">
+      <c r="N30" s="9" t="s">
+        <v>316</v>
+      </c>
+      <c r="O30" s="9"/>
+      <c r="P30" s="9"/>
+      <c r="Q30" s="9"/>
+      <c r="R30" s="9"/>
+      <c r="S30" s="9"/>
+      <c r="T30" s="9"/>
+      <c r="U30" s="45"/>
+      <c r="V30" s="60" t="s">
+        <v>107</v>
+      </c>
+      <c r="W30" s="45" t="s">
+        <v>317</v>
+      </c>
+      <c r="X30" s="45"/>
+      <c r="Y30" s="60" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z30" s="45" t="s">
+        <v>318</v>
+      </c>
+      <c r="AA30" s="45"/>
+      <c r="AB30" s="45"/>
+      <c r="AC30" s="9"/>
+      <c r="AD30" s="9"/>
+      <c r="AE30" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF30" s="9" t="s">
+        <v>278</v>
+      </c>
+      <c r="AG30" s="9"/>
+      <c r="AH30" s="20"/>
+      <c r="AI30" s="63" t="s">
+        <v>107</v>
+      </c>
+      <c r="AJ30" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK30" s="24"/>
+    </row>
+    <row r="31" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B31" s="76"/>
+      <c r="C31" s="77"/>
+      <c r="D31" s="22" t="s">
+        <v>319</v>
+      </c>
+      <c r="E31" s="9"/>
+      <c r="F31" s="9"/>
+      <c r="G31" s="9"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="9"/>
+      <c r="J31" s="9"/>
+      <c r="K31" s="9"/>
+      <c r="L31" s="9"/>
+      <c r="M31" s="25" t="s">
+        <v>284</v>
+      </c>
+      <c r="N31" s="9" t="s">
+        <v>320</v>
+      </c>
+      <c r="O31" s="9"/>
+      <c r="P31" s="9"/>
+      <c r="Q31" s="9"/>
+      <c r="R31" s="9"/>
+      <c r="S31" s="9"/>
+      <c r="T31" s="9"/>
+      <c r="U31" s="9"/>
+      <c r="V31" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="W31" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="X31" s="9"/>
+      <c r="Y31" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z31" s="9" t="s">
+        <v>318</v>
+      </c>
+      <c r="AA31" s="9"/>
+      <c r="AB31" s="9"/>
+      <c r="AC31" s="9"/>
+      <c r="AD31" s="9"/>
+      <c r="AE31" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF31" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="AG31" s="9"/>
+      <c r="AH31" s="20"/>
+      <c r="AI31" s="22"/>
+      <c r="AJ31" s="9"/>
+      <c r="AK31" s="24"/>
+    </row>
+    <row r="32" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B32" s="76"/>
+      <c r="C32" s="77"/>
+      <c r="D32" s="22"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="9"/>
+      <c r="G32" s="9"/>
+      <c r="H32" s="22"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="9"/>
+      <c r="K32" s="9"/>
+      <c r="L32" s="9"/>
+      <c r="M32" s="25" t="s">
+        <v>284</v>
+      </c>
+      <c r="N32" s="9" t="s">
+        <v>322</v>
+      </c>
+      <c r="O32" s="9"/>
+      <c r="P32" s="9"/>
+      <c r="Q32" s="9"/>
+      <c r="R32" s="9"/>
+      <c r="S32" s="9"/>
+      <c r="T32" s="9"/>
+      <c r="U32" s="9"/>
+      <c r="V32" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="W32" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="X32" s="9"/>
+      <c r="Y32" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z32" s="9" t="s">
+        <v>318</v>
+      </c>
+      <c r="AA32" s="9"/>
+      <c r="AB32" s="9"/>
+      <c r="AC32" s="9"/>
+      <c r="AD32" s="9"/>
+      <c r="AE32" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF32" s="26"/>
+      <c r="AG32" s="26"/>
+      <c r="AH32" s="27"/>
+      <c r="AI32" s="22"/>
+      <c r="AJ32" s="9"/>
+      <c r="AK32" s="24"/>
+    </row>
+    <row r="33" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B33" s="76"/>
+      <c r="C33" s="77"/>
+      <c r="D33" s="22"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="9"/>
+      <c r="G33" s="9"/>
+      <c r="H33" s="22"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="9"/>
+      <c r="K33" s="9"/>
+      <c r="L33" s="9"/>
+      <c r="M33" s="25" t="s">
+        <v>284</v>
+      </c>
+      <c r="N33" s="9" t="s">
+        <v>323</v>
+      </c>
+      <c r="O33" s="9"/>
+      <c r="P33" s="9"/>
+      <c r="Q33" s="9"/>
+      <c r="R33" s="9"/>
+      <c r="S33" s="9"/>
+      <c r="T33" s="9"/>
+      <c r="U33" s="9"/>
+      <c r="V33" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="W33" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="X33" s="9"/>
+      <c r="Y33" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z33" s="9" t="s">
+        <v>318</v>
+      </c>
+      <c r="AA33" s="9"/>
+      <c r="AB33" s="9"/>
+      <c r="AC33" s="9"/>
+      <c r="AD33" s="9"/>
+      <c r="AE33" s="23"/>
+      <c r="AF33" s="26"/>
+      <c r="AG33" s="26"/>
+      <c r="AH33" s="27"/>
+      <c r="AI33" s="22"/>
+      <c r="AJ33" s="9"/>
+      <c r="AK33" s="24"/>
+    </row>
+    <row r="34" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B34" s="76"/>
+      <c r="C34" s="77"/>
+      <c r="D34" s="22"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="9"/>
+      <c r="G34" s="9"/>
+      <c r="H34" s="22"/>
+      <c r="I34" s="9"/>
+      <c r="J34" s="9"/>
+      <c r="K34" s="9"/>
+      <c r="L34" s="9"/>
+      <c r="M34" s="25" t="s">
+        <v>284</v>
+      </c>
+      <c r="N34" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="O34" s="9"/>
+      <c r="P34" s="9"/>
+      <c r="Q34" s="9"/>
+      <c r="R34" s="9"/>
+      <c r="S34" s="9"/>
+      <c r="T34" s="9"/>
+      <c r="U34" s="9"/>
+      <c r="V34" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="W34" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="X34" s="9"/>
+      <c r="Y34" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z34" s="9" t="s">
+        <v>318</v>
+      </c>
+      <c r="AA34" s="9"/>
+      <c r="AB34" s="9"/>
+      <c r="AC34" s="9"/>
+      <c r="AD34" s="9"/>
+      <c r="AE34" s="23"/>
+      <c r="AF34" s="9"/>
+      <c r="AG34" s="9"/>
+      <c r="AH34" s="20"/>
+      <c r="AI34" s="22"/>
+      <c r="AJ34" s="9"/>
+      <c r="AK34" s="24"/>
+    </row>
+    <row r="35" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B35" s="76"/>
+      <c r="C35" s="77"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="9"/>
+      <c r="F35" s="9"/>
+      <c r="G35" s="9"/>
+      <c r="H35" s="28"/>
+      <c r="I35" s="29"/>
+      <c r="J35" s="29"/>
+      <c r="K35" s="29"/>
+      <c r="L35" s="29"/>
+      <c r="M35" s="30"/>
+      <c r="N35" s="29"/>
+      <c r="O35" s="29"/>
+      <c r="P35" s="29"/>
+      <c r="Q35" s="29"/>
+      <c r="R35" s="29"/>
+      <c r="S35" s="29"/>
+      <c r="T35" s="29"/>
+      <c r="U35" s="29"/>
+      <c r="V35" s="29"/>
+      <c r="W35" s="29"/>
+      <c r="X35" s="29"/>
+      <c r="Y35" s="29"/>
+      <c r="Z35" s="29"/>
+      <c r="AA35" s="29"/>
+      <c r="AB35" s="29"/>
+      <c r="AC35" s="29"/>
+      <c r="AD35" s="29"/>
+      <c r="AE35" s="40"/>
+      <c r="AF35" s="29"/>
+      <c r="AG35" s="29"/>
+      <c r="AH35" s="41"/>
+      <c r="AI35" s="28"/>
+      <c r="AJ35" s="29"/>
+      <c r="AK35" s="42"/>
+    </row>
+    <row r="36" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B36" s="76"/>
+      <c r="C36" s="77"/>
+      <c r="D36" s="22"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="9"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="22" t="s">
+        <v>325</v>
+      </c>
+      <c r="I36" s="9"/>
+      <c r="J36" s="9"/>
+      <c r="K36" s="9"/>
+      <c r="L36" s="9"/>
+      <c r="M36" s="25" t="s">
+        <v>284</v>
+      </c>
+      <c r="N36" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="O36" s="9"/>
+      <c r="P36" s="9"/>
+      <c r="Q36" s="9"/>
+      <c r="R36" s="9"/>
+      <c r="S36" s="9"/>
+      <c r="T36" s="9"/>
+      <c r="U36" s="9"/>
+      <c r="V36" s="60" t="s">
+        <v>107</v>
+      </c>
+      <c r="W36" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="X36" s="9"/>
+      <c r="Y36" s="60" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z36" s="9" t="s">
+        <v>318</v>
+      </c>
+      <c r="AA36" s="9"/>
+      <c r="AB36" s="9"/>
+      <c r="AC36" s="9"/>
+      <c r="AD36" s="9"/>
+      <c r="AE36" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF36" s="9" t="s">
+        <v>278</v>
+      </c>
+      <c r="AG36" s="9"/>
+      <c r="AH36" s="20"/>
+      <c r="AI36" s="63" t="s">
+        <v>107</v>
+      </c>
+      <c r="AJ36" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK36" s="24"/>
+    </row>
+    <row r="37" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B37" s="76"/>
+      <c r="C37" s="77"/>
+      <c r="D37" s="22"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="22"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="9"/>
+      <c r="K37" s="9"/>
+      <c r="L37" s="9"/>
+      <c r="M37" s="25"/>
+      <c r="N37" s="9" t="s">
+        <v>327</v>
+      </c>
+      <c r="O37" s="9"/>
+      <c r="P37" s="9"/>
+      <c r="Q37" s="9"/>
+      <c r="R37" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="S37" s="9" t="s">
+        <v>328</v>
+      </c>
+      <c r="T37" s="9"/>
+      <c r="U37" s="9"/>
+      <c r="V37" s="9"/>
+      <c r="W37" s="9"/>
+      <c r="Z37" s="9"/>
+      <c r="AA37" s="9"/>
+      <c r="AB37" s="9"/>
+      <c r="AC37" s="9"/>
+      <c r="AD37" s="9"/>
+      <c r="AE37" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF37" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="AG37" s="9"/>
+      <c r="AH37" s="20"/>
+      <c r="AI37" s="22"/>
+      <c r="AJ37" s="9"/>
+      <c r="AK37" s="24"/>
+    </row>
+    <row r="38" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B38" s="76"/>
+      <c r="C38" s="77"/>
+      <c r="D38" s="22"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="9"/>
+      <c r="G38" s="9"/>
+      <c r="H38" s="22"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+      <c r="K38" s="9"/>
+      <c r="L38" s="9"/>
+      <c r="M38" s="25"/>
+      <c r="N38" s="9"/>
+      <c r="O38" s="9"/>
+      <c r="P38" s="9"/>
+      <c r="Q38" s="9"/>
+      <c r="R38" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="S38" s="9" t="s">
+        <v>329</v>
+      </c>
+      <c r="T38" s="9"/>
+      <c r="U38" s="9"/>
+      <c r="V38" s="9"/>
+      <c r="W38" s="9"/>
+      <c r="X38" s="9"/>
+      <c r="Y38" s="9"/>
+      <c r="Z38" s="9"/>
+      <c r="AA38" s="9"/>
+      <c r="AB38" s="9"/>
+      <c r="AC38" s="9"/>
+      <c r="AD38" s="9"/>
+      <c r="AE38" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="AF38" s="26"/>
+      <c r="AG38" s="26"/>
+      <c r="AH38" s="27"/>
+      <c r="AI38" s="22"/>
+      <c r="AJ38" s="9"/>
+      <c r="AK38" s="24"/>
+    </row>
+    <row r="39" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B39" s="76"/>
+      <c r="C39" s="77"/>
+      <c r="D39" s="22"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="9"/>
+      <c r="G39" s="9"/>
+      <c r="H39" s="22"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="9"/>
+      <c r="K39" s="9"/>
+      <c r="L39" s="9"/>
+      <c r="M39" s="25"/>
+      <c r="N39" s="9" t="s">
+        <v>330</v>
+      </c>
+      <c r="O39" s="9"/>
+      <c r="P39" s="9"/>
+      <c r="Q39" s="9"/>
+      <c r="R39" s="9"/>
+      <c r="S39" s="9"/>
+      <c r="T39" s="10" t="s">
         <v>101</v>
       </c>
-      <c r="T14" s="70"/>
-[...12 lines deleted...]
-      <c r="AE14" s="62" t="s">
+      <c r="U39" s="95"/>
+      <c r="V39" s="95"/>
+      <c r="W39" s="95"/>
+      <c r="X39" s="9" t="s">
+        <v>331</v>
+      </c>
+      <c r="Y39" s="9"/>
+      <c r="Z39" s="9"/>
+      <c r="AA39" s="9"/>
+      <c r="AB39" s="9"/>
+      <c r="AC39" s="9"/>
+      <c r="AD39" s="9"/>
+      <c r="AE39" s="23"/>
+      <c r="AF39" s="9"/>
+      <c r="AG39" s="9"/>
+      <c r="AH39" s="20"/>
+      <c r="AI39" s="22"/>
+      <c r="AJ39" s="9"/>
+      <c r="AK39" s="24"/>
+    </row>
+    <row r="40" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B40" s="78"/>
+      <c r="C40" s="79"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="29"/>
+      <c r="F40" s="29"/>
+      <c r="G40" s="29"/>
+      <c r="H40" s="28"/>
+      <c r="I40" s="29"/>
+      <c r="J40" s="29"/>
+      <c r="K40" s="29"/>
+      <c r="L40" s="29"/>
+      <c r="M40" s="30"/>
+      <c r="N40" s="29"/>
+      <c r="O40" s="29"/>
+      <c r="P40" s="29"/>
+      <c r="Q40" s="29"/>
+      <c r="R40" s="29"/>
+      <c r="S40" s="29"/>
+      <c r="T40" s="31"/>
+      <c r="U40" s="31"/>
+      <c r="V40" s="31"/>
+      <c r="W40" s="31"/>
+      <c r="X40" s="31"/>
+      <c r="Y40" s="31"/>
+      <c r="Z40" s="31"/>
+      <c r="AA40" s="29"/>
+      <c r="AB40" s="29"/>
+      <c r="AC40" s="29"/>
+      <c r="AD40" s="29"/>
+      <c r="AE40" s="40"/>
+      <c r="AF40" s="29"/>
+      <c r="AG40" s="29"/>
+      <c r="AH40" s="41"/>
+      <c r="AI40" s="28"/>
+      <c r="AJ40" s="29"/>
+      <c r="AK40" s="42"/>
+    </row>
+    <row r="41" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B41" s="74" t="s">
+        <v>332</v>
+      </c>
+      <c r="C41" s="75"/>
+      <c r="D41" s="46" t="s">
+        <v>333</v>
+      </c>
+      <c r="E41" s="45"/>
+      <c r="F41" s="45"/>
+      <c r="G41" s="45"/>
+      <c r="H41" s="46" t="s">
+        <v>334</v>
+      </c>
+      <c r="I41" s="45"/>
+      <c r="J41" s="45"/>
+      <c r="K41" s="45"/>
+      <c r="L41" s="45"/>
+      <c r="M41" s="47" t="s">
+        <v>284</v>
+      </c>
+      <c r="N41" s="45" t="s">
+        <v>335</v>
+      </c>
+      <c r="O41" s="45"/>
+      <c r="P41" s="45"/>
+      <c r="Q41" s="45"/>
+      <c r="R41" s="45"/>
+      <c r="S41" s="45"/>
+      <c r="T41" s="45"/>
+      <c r="U41" s="45"/>
+      <c r="V41" s="45"/>
+      <c r="W41" s="45"/>
+      <c r="X41" s="45"/>
+      <c r="Y41" s="45"/>
+      <c r="Z41" s="45"/>
+      <c r="AA41" s="45"/>
+      <c r="AB41" s="45"/>
+      <c r="AC41" s="45"/>
+      <c r="AD41" s="45"/>
+      <c r="AE41" s="23" t="s">
+        <v>277</v>
+      </c>
+      <c r="AF41" s="45" t="s">
+        <v>278</v>
+      </c>
+      <c r="AG41" s="45"/>
+      <c r="AH41" s="48"/>
+      <c r="AI41" s="63" t="s">
         <v>107</v>
       </c>
-      <c r="AF14" s="30"/>
-[...204 lines deleted...]
-      <c r="M19" s="62" t="s">
+      <c r="AJ41" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK41" s="49"/>
+    </row>
+    <row r="42" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B42" s="76"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="22"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="9"/>
+      <c r="G42" s="9"/>
+      <c r="H42" s="22"/>
+      <c r="I42" s="9"/>
+      <c r="J42" s="9"/>
+      <c r="K42" s="9"/>
+      <c r="L42" s="9"/>
+      <c r="M42" s="25"/>
+      <c r="N42" s="61" t="s">
         <v>107</v>
       </c>
-      <c r="N19" s="11" t="s">
-[...40 lines deleted...]
-      <c r="M20" s="62" t="s">
+      <c r="O42" s="9" t="s">
+        <v>336</v>
+      </c>
+      <c r="P42" s="9"/>
+      <c r="Q42" s="9"/>
+      <c r="R42" s="9"/>
+      <c r="S42" s="10" t="s">
+        <v>349</v>
+      </c>
+      <c r="T42" s="50" t="s">
+        <v>337</v>
+      </c>
+      <c r="U42" s="88"/>
+      <c r="V42" s="88"/>
+      <c r="W42" s="88"/>
+      <c r="X42" s="88"/>
+      <c r="Y42" s="88"/>
+      <c r="Z42" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="AA42" s="9"/>
+      <c r="AB42" s="9"/>
+      <c r="AC42" s="9"/>
+      <c r="AD42" s="9"/>
+      <c r="AE42" s="58" t="s">
         <v>107</v>
       </c>
-      <c r="N20" s="11" t="s">
-[...86 lines deleted...]
-      <c r="M22" s="62" t="s">
+      <c r="AF42" s="26"/>
+      <c r="AG42" s="26"/>
+      <c r="AH42" s="27"/>
+      <c r="AI42" s="22"/>
+      <c r="AJ42" s="9"/>
+      <c r="AK42" s="24"/>
+    </row>
+    <row r="43" spans="2:37" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B43" s="76"/>
+      <c r="C43" s="77"/>
+      <c r="D43" s="22"/>
+      <c r="E43" s="9"/>
+      <c r="F43" s="9"/>
+      <c r="G43" s="9"/>
+      <c r="H43" s="22"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="9"/>
+      <c r="K43" s="9"/>
+      <c r="L43" s="9"/>
+      <c r="M43" s="25"/>
+      <c r="N43" s="61" t="s">
         <v>107</v>
       </c>
-      <c r="N22" s="11" t="s">
-[...1014 lines deleted...]
-      <c r="O43" s="11" t="s">
+      <c r="O43" s="9" t="s">
         <v>338</v>
       </c>
-      <c r="P43" s="11"/>
-[...58 lines deleted...]
-      <c r="AK44" s="60"/>
+      <c r="P43" s="9"/>
+      <c r="Q43" s="9"/>
+      <c r="R43" s="9"/>
+      <c r="S43" s="9"/>
+      <c r="T43" s="9"/>
+      <c r="U43" s="9"/>
+      <c r="V43" s="9"/>
+      <c r="W43" s="9"/>
+      <c r="X43" s="9"/>
+      <c r="Y43" s="9"/>
+      <c r="Z43" s="9"/>
+      <c r="AA43" s="9"/>
+      <c r="AB43" s="9"/>
+      <c r="AC43" s="9"/>
+      <c r="AD43" s="9"/>
+      <c r="AE43" s="23"/>
+      <c r="AF43" s="9"/>
+      <c r="AG43" s="9"/>
+      <c r="AH43" s="20"/>
+      <c r="AI43" s="22"/>
+      <c r="AJ43" s="9"/>
+      <c r="AK43" s="24"/>
+    </row>
+    <row r="44" spans="2:37" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="80"/>
+      <c r="C44" s="81"/>
+      <c r="D44" s="51"/>
+      <c r="E44" s="52"/>
+      <c r="F44" s="52"/>
+      <c r="G44" s="52"/>
+      <c r="H44" s="51"/>
+      <c r="I44" s="52"/>
+      <c r="J44" s="52"/>
+      <c r="K44" s="52"/>
+      <c r="L44" s="52"/>
+      <c r="M44" s="53"/>
+      <c r="N44" s="52"/>
+      <c r="O44" s="52"/>
+      <c r="P44" s="52"/>
+      <c r="Q44" s="52"/>
+      <c r="R44" s="52"/>
+      <c r="S44" s="52"/>
+      <c r="T44" s="52"/>
+      <c r="U44" s="52"/>
+      <c r="V44" s="52"/>
+      <c r="W44" s="52"/>
+      <c r="X44" s="52"/>
+      <c r="Y44" s="52"/>
+      <c r="Z44" s="52"/>
+      <c r="AA44" s="52"/>
+      <c r="AB44" s="52"/>
+      <c r="AC44" s="52"/>
+      <c r="AD44" s="52"/>
+      <c r="AE44" s="54"/>
+      <c r="AF44" s="52"/>
+      <c r="AG44" s="52"/>
+      <c r="AH44" s="55"/>
+      <c r="AI44" s="51"/>
+      <c r="AJ44" s="52"/>
+      <c r="AK44" s="56"/>
     </row>
   </sheetData>
-  <mergeCells count="22">
+  <mergeCells count="23">
+    <mergeCell ref="K4:AK4"/>
+    <mergeCell ref="K6:AK6"/>
+    <mergeCell ref="M10:AD10"/>
+    <mergeCell ref="B22:C29"/>
+    <mergeCell ref="AI9:AK10"/>
+    <mergeCell ref="K5:AK5"/>
+    <mergeCell ref="Q17:R17"/>
+    <mergeCell ref="X17:Y17"/>
+    <mergeCell ref="B11:C21"/>
+    <mergeCell ref="AE10:AH10"/>
+    <mergeCell ref="T15:X15"/>
+    <mergeCell ref="Q11:R11"/>
     <mergeCell ref="B9:C10"/>
     <mergeCell ref="D9:G10"/>
     <mergeCell ref="H9:AH9"/>
     <mergeCell ref="B30:C40"/>
     <mergeCell ref="B41:C44"/>
     <mergeCell ref="W18:AA18"/>
     <mergeCell ref="H10:L10"/>
     <mergeCell ref="V20:X20"/>
     <mergeCell ref="U16:V16"/>
     <mergeCell ref="U42:Y42"/>
-    <mergeCell ref="K4:AK4"/>
-[...3 lines deleted...]
-    <mergeCell ref="B22:C29"/>
     <mergeCell ref="U39:W39"/>
-    <mergeCell ref="AI9:AK10"/>
-[...4 lines deleted...]
-    <mergeCell ref="AE10:AH10"/>
   </mergeCells>
   <phoneticPr fontId="25"/>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="M11:M13 AE11:AE44 M19:M20 AI41 M26:M28 V30:V34 Y30:Y34 V36 Y36 R37:R38 AI36 AI11 AI22 AI26 AI30 M22:M23">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="M11:M14 AE11:AE44 M19:M20 AI41 M26:M28 V30:V34 Y30:Y34 V36 Y36 R37:R38 AI36 AI11 AI22 AI26 AI30 M22:M23" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>選択</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="U16:V16">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="U16:V16" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>該当する地域の区分</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="U39:W39">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" prompt="選択" sqref="U39:W39" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>年間日射地域区分</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" horizontalDpi="4294967293" verticalDpi="360" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
@@ -7121,30 +7143,31 @@
       <vt:lpstr>設計内容説明書（標準入力法・主要室入力法）</vt:lpstr>
       <vt:lpstr>'設計内容説明書（標準入力法・主要室入力法）'!Print_Area</vt:lpstr>
       <vt:lpstr>開口部比率区分</vt:lpstr>
       <vt:lpstr>該当する地域の区分</vt:lpstr>
       <vt:lpstr>建築士</vt:lpstr>
       <vt:lpstr>建築主人数</vt:lpstr>
       <vt:lpstr>構造</vt:lpstr>
       <vt:lpstr>数字</vt:lpstr>
       <vt:lpstr>選択</vt:lpstr>
       <vt:lpstr>登録</vt:lpstr>
       <vt:lpstr>都道府県</vt:lpstr>
       <vt:lpstr>年間日射地域区分</vt:lpstr>
       <vt:lpstr>非住宅用途</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>日本タリアセン株式会社</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>